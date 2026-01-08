--- v0 (2025-11-27)
+++ v1 (2026-01-08)
@@ -115,96 +115,96 @@
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Leopardo Filmes</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Rytual</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>El rito prohibido</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Ритуалът</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>O Rito</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Ritualerne</t>
+  </si>
+  <si>
+    <t>ES,MX</t>
+  </si>
+  <si>
+    <t>El rito</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Riitti</t>
+  </si>
+  <si>
     <t>FR</t>
   </si>
   <si>
     <t>Le rite</t>
-  </si>
-[...40 lines deleted...]
-    <t>Riitti</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Oi tipotenioi</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Rítus</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Il rito</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Apeiga</t>
   </si>
@@ -859,62 +859,62 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>33</v>
+        <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>34</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>37</v>
       </c>
       <c r="B5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>39</v>
       </c>
       <c r="B6" t="s">
         <v>40</v>
       </c>
@@ -963,51 +963,51 @@
       <c r="A12" t="s">
         <v>51</v>
       </c>
       <c r="B12" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>53</v>
       </c>
       <c r="B13" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>55</v>
       </c>
       <c r="B14" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>29</v>
       </c>
       <c r="B16" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>59</v>
       </c>
       <c r="B17" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="B18" t="s">
         <v>61</v>
       </c>