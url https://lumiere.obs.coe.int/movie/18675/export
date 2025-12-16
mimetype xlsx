--- v0 (2025-11-24)
+++ v1 (2025-12-16)
@@ -250,78 +250,78 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Intercomfilm</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Itafilm</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Zirneklcilveks</t>
+  </si>
+  <si>
+    <t>Žmogus - voras</t>
+  </si>
+  <si>
     <t>Omul-paianjen</t>
   </si>
   <si>
     <t>AT,AU,CA,CZ,DE,ES,FR,GB,GR,IT,JP,KR,NL,NZ,PL,SE,SG,US</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Nguoi Nhen</t>
   </si>
   <si>
     <t>Omul paianjen</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Spajdermen</t>
   </si>
   <si>
     <t>Spider-Man-Hämähäkkimies</t>
-  </si>
-[...4 lines deleted...]
-    <t>Žmogus - voras</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Человек-пaук</t>
   </si>
   <si>
     <t>AR,MX</t>
   </si>
   <si>
     <t>El hombre araña</t>
   </si>
   <si>
     <t>Спайдър-мен</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>Homem-Aranha</t>
   </si>
   <si>
     <t>Pavoučí Muž</t>
   </si>
@@ -1860,87 +1860,87 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="50.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="B2" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>79</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
+      <c r="B4" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="B5" t="s">
-        <v>82</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>82</v>
+      </c>
+      <c r="B6" t="s">
         <v>83</v>
       </c>
-      <c r="B6" t="s">
+    </row>
+    <row r="7" spans="1:2">
+      <c r="A7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B7" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="7" spans="1:2">
-      <c r="B7" t="s">
+    <row r="8" spans="1:2">
+      <c r="A8" t="s">
         <v>85</v>
       </c>
-    </row>
-    <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="B9" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>88</v>
       </c>
       <c r="B10" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>90</v>
       </c>
       <c r="B11" t="s">
         <v>91</v>
       </c>
     </row>
@@ -2020,51 +2020,51 @@
       <c r="A21" t="s">
         <v>103</v>
       </c>
       <c r="B21" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>64</v>
       </c>
       <c r="B22" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>70</v>
       </c>
       <c r="B23" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B24" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>72</v>
       </c>
       <c r="B25" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>73</v>
       </c>
       <c r="B26" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>75</v>
       </c>