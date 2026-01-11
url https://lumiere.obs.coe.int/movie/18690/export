--- v0 (2025-12-22)
+++ v1 (2026-01-11)
@@ -283,165 +283,165 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Tatra Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Özen Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Asterix vs. Obelix: Mission Cleopatra</t>
+  </si>
+  <si>
+    <t>Asteriksas ir Obeliksas: misija Kleopatra</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Asteriks i Obeliks - Misija Kleopatra</t>
+  </si>
+  <si>
+    <t>Asteriks ve Oburiks - Görevimiz Kleopatra</t>
+  </si>
+  <si>
+    <t>Asteriks ve Oburiks: Görevimiz Kleopatra</t>
+  </si>
+  <si>
+    <t>US</t>
+  </si>
+  <si>
+    <t>Asterix and Obelix Meet Cleopatra</t>
+  </si>
+  <si>
+    <t>Asterix a Obelix: Mise Kleopatra</t>
+  </si>
+  <si>
+    <t>Asterix a Obelix: Misia Kleopatra</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Asterix e Obelix: Missão Cleópatra</t>
+  </si>
+  <si>
+    <t>Astérix e Obélix: Missão Cleópatra</t>
+  </si>
+  <si>
+    <t>Asterix és Obelix: A Kleopátra küldetés</t>
+  </si>
+  <si>
+    <t>Astérix et Obélix : Mission Cléopâtre</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Astérix et Obélix: Mission Cléopâtre</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Asterix i Obelix: Misija Kleopatra</t>
+  </si>
+  <si>
+    <t>Asterix i Obelix - Misja Kleopatra</t>
+  </si>
+  <si>
+    <t>Asterix i Obelix: Misja Kleopatra</t>
+  </si>
+  <si>
+    <t>Asterix ja Obelix: Tehtävä Kleopatra</t>
+  </si>
+  <si>
+    <t>Asterix ke Ovelix : Epixeirhsh Kleopatra</t>
+  </si>
+  <si>
+    <t>Astérix &amp; Obélix: Au service de Cléopatre</t>
+  </si>
+  <si>
+    <t>Asterix &amp; Obelix: Mise Kleopatra</t>
+  </si>
+  <si>
+    <t>Asterix &amp; Obelix: Misija Kleopatra</t>
+  </si>
+  <si>
+    <t>Asterix &amp; Obelix: missie Cleopatra</t>
+  </si>
+  <si>
+    <t>Asterix &amp; Obelix: Mission Cleopatra</t>
+  </si>
+  <si>
+    <t>Astérix &amp; Obélix: Mission Cléopâtre</t>
+  </si>
+  <si>
+    <t>Asterix &amp; Obelix - Missione Cleopatra</t>
+  </si>
+  <si>
+    <t>Asterix &amp; Obelix: Missione Cleopatra</t>
+  </si>
+  <si>
+    <t>Asterix &amp; Obelix - Mission Kleopatra</t>
+  </si>
+  <si>
+    <t>AT,DE,DK</t>
+  </si>
+  <si>
+    <t>Asterix &amp; Obelix: Mission Kleopatra</t>
+  </si>
+  <si>
+    <t>Asterix &amp; Obelix: Missioon Kleopatra</t>
+  </si>
+  <si>
+    <t>Asterix &amp; Obelix: Misuine Cleopatra</t>
+  </si>
+  <si>
+    <t>Asterix &amp; Obelix: Oppdrag Kleopatra</t>
+  </si>
+  <si>
+    <t>Astérix &amp; Obélix: Tehtävä Kleopatra</t>
+  </si>
+  <si>
     <t>Asterix &amp; Obelix - Uppdrag Kleopatra</t>
-  </si>
-[...112 lines deleted...]
-    <t>Astérix &amp; Obélix: Tehtävä Kleopatra</t>
   </si>
   <si>
     <t>Astérix &amp; Obélix - uppdrag Kleopatra</t>
   </si>
   <si>
     <t>Astérix &amp; Obélix: Uppdrag Kleopatra</t>
   </si>
   <si>
     <t>Asterix &amp; Ovelix: Epiheirisi Kleopatra</t>
   </si>
   <si>
     <t>Asterix y Obelix: Mision Cleopatra</t>
   </si>
   <si>
     <t>Astérix y Obélix: Misión Cleopatra</t>
   </si>
   <si>
     <t>Astersikas ir Obeliksas 2: Misija Klepatra</t>
   </si>
   <si>
     <t>Ástríkur &amp; Steinríkur: Ástríkur &amp; Kleópatra</t>
   </si>
   <si>
     <t>Αστερίξ &amp; Οβελίξ: Επιχείρηση Κλεοπάτρα</t>
   </si>
@@ -2325,261 +2325,261 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B46"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="41.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B2" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>71</v>
+      </c>
+      <c r="B4" t="s">
         <v>90</v>
-      </c>
-[...3 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>71</v>
+        <v>91</v>
       </c>
       <c r="B5" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="B6" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="8" spans="1:2">
+      <c r="A8" t="s">
+        <v>95</v>
+      </c>
       <c r="B8" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>96</v>
+        <v>51</v>
       </c>
       <c r="B9" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="10" spans="1:2">
-      <c r="A10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B10" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="11" spans="1:2">
+      <c r="A11" t="s">
+        <v>99</v>
+      </c>
       <c r="B11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>100</v>
+        <v>78</v>
       </c>
       <c r="B12" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="B13" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="14" spans="1:2">
-      <c r="A14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B14" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="15" spans="1:2">
+      <c r="A15" t="s">
+        <v>104</v>
+      </c>
       <c r="B15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B16" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="17" spans="1:2">
-      <c r="A17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B17" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="18" spans="1:2">
+      <c r="A18" t="s">
+        <v>77</v>
+      </c>
       <c r="B18" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="19" spans="1:2">
-      <c r="A19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B19" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="B20" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="21" spans="1:2">
+      <c r="A21" t="s">
+        <v>62</v>
+      </c>
       <c r="B21" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="22" spans="1:2">
-      <c r="A22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B22" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="B23" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="24" spans="1:2">
+      <c r="A24" t="s">
+        <v>74</v>
+      </c>
       <c r="B24" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="25" spans="1:2">
-      <c r="A25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B25" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="26" spans="1:2">
+      <c r="A26" t="s">
+        <v>62</v>
+      </c>
       <c r="B26" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="B27" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="28" spans="1:2">
-      <c r="A28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B28" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="B29" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:2">
+      <c r="A30" t="s">
+        <v>121</v>
+      </c>
       <c r="B30" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="31" spans="1:2">
-      <c r="A31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B31" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="B32" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="B33" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="34" spans="1:2">
+      <c r="A34" t="s">
+        <v>61</v>
+      </c>
       <c r="B34" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>61</v>
       </c>
       <c r="B35" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="B36" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>81</v>
       </c>
       <c r="B37" t="s">
         <v>129</v>
       </c>
     </row>