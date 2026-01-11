--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -178,102 +178,102 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Itafilm</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Hr Deeds</t>
+  </si>
+  <si>
     <t>Mr. Deeds - náhodný milionár</t>
   </si>
   <si>
     <t>AT,AU,CA,DE,ES,GB,HK,IT,NL,PT,SE,US</t>
   </si>
   <si>
     <t>Dl. Deeds mostenitor fara voie</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Gospodin Dids</t>
   </si>
   <si>
     <t>Kismenő</t>
   </si>
   <si>
     <t>Mr Deeds - Milioner z przypadku</t>
   </si>
   <si>
     <t>AR,MX</t>
   </si>
   <si>
     <t>La herencia del Sr. Deeds</t>
   </si>
   <si>
     <t>Мистър Дийдс</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>A Herança de Mr. Deeds</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>M. Deeds</t>
   </si>
   <si>
     <t>Mr. Deeds - Náhodný milonár</t>
   </si>
   <si>
     <t>DK,US</t>
   </si>
   <si>
     <t>Deeds</t>
-  </si>
-[...1 lines deleted...]
-    <t>Hr Deeds</t>
   </si>
   <si>
     <t>Herra Deeds</t>
   </si>
   <si>
     <t>Les aventures de Mister Deeds</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Den thelo na gino ekatommyriouhos</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Slučajni milijunaš</t>
   </si>
   <si>
     <t>A kismenő</t>
   </si>
   <si>
     <t>JP</t>
   </si>
@@ -1178,136 +1178,136 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="34" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>35</v>
+      </c>
       <c r="B2" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>55</v>
       </c>
-      <c r="B3" t="s">
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>56</v>
+      </c>
+      <c r="B4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
+      <c r="B5" t="s">
         <v>57</v>
       </c>
-      <c r="B5" t="s">
+    </row>
+    <row r="6" spans="1:2">
+      <c r="A6" t="s">
         <v>58</v>
       </c>
-    </row>
-    <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:2">
-      <c r="A8" t="s">
+      <c r="B8" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>26</v>
+        <v>62</v>
       </c>
       <c r="B9" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>65</v>
+      </c>
+      <c r="B11" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="B12" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="B14" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>38</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>39</v>
       </c>
       <c r="B16" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>74</v>
       </c>
@@ -1343,51 +1343,51 @@
       <c r="A21" t="s">
         <v>81</v>
       </c>
       <c r="B21" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>83</v>
       </c>
       <c r="B22" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B24" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>87</v>
       </c>
       <c r="B25" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>49</v>
       </c>
       <c r="B26" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>51</v>
       </c>