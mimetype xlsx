--- v0 (2025-11-28)
+++ v1 (2026-01-31)
@@ -118,84 +118,84 @@
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,GB,US</t>
+  </si>
+  <si>
+    <t>AR,ES</t>
+  </si>
+  <si>
+    <t>Seis grados de separación</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Шест степени на разделение</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>Seis Graus de Separação</t>
+  </si>
+  <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>Six degrés de séparation</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Das Leben - Ein Sechserpack</t>
+  </si>
+  <si>
     <t>En ukendt ven</t>
-  </si>
-[...31 lines deleted...]
-    <t>Das Leben - Ein Sechserpack</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Moni kakku päältä kaunis</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Aprosklitos episkeptis</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>6szoros ölelés</t>
   </si>
   <si>
     <t>6 gradi di separazione</t>
   </si>
   <si>
     <t>Sei gradi di separazione</t>
   </si>
@@ -873,99 +873,99 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B2" t="s">
-        <v>34</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>35</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="B8" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>46</v>
       </c>
       <c r="B9" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>48</v>
       </c>
       <c r="B10" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>50</v>
       </c>