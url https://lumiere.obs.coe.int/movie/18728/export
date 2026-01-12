--- v0 (2025-12-03)
+++ v1 (2026-01-12)
@@ -163,78 +163,78 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>На чужiй смузi</t>
+  </si>
+  <si>
+    <t>Miscari periculoase</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,JP,US</t>
+  </si>
+  <si>
+    <t>Al limite de la verdad</t>
+  </si>
+  <si>
+    <t>Çarpisma</t>
+  </si>
+  <si>
+    <t>AR,MX</t>
+  </si>
+  <si>
+    <t>Fuera de control</t>
+  </si>
+  <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Spurwechsel</t>
-  </si>
-[...22 lines deleted...]
-    <t>Fuera de control</t>
   </si>
   <si>
     <t>Смяна на платната</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Fora de Controle</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Changement de voie</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Incident</t>
   </si>
   <si>
     <t>Al límite de la verdad</t>
   </si>
@@ -1162,78 +1162,78 @@
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>49</v>
       </c>
       <c r="B2" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>51</v>
       </c>
-      <c r="B3" t="s">
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>52</v>
       </c>
-    </row>
-    <row r="4" spans="1:2">
       <c r="B4" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="B5" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="5" spans="1:2">
-      <c r="A5" t="s">
+    <row r="6" spans="1:2">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
         <v>54</v>
-      </c>
-[...6 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="B7" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>57</v>
       </c>
       <c r="B8" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>28</v>
       </c>
       <c r="B9" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>60</v>
       </c>
@@ -1357,51 +1357,51 @@
       <c r="A25" t="s">
         <v>44</v>
       </c>
       <c r="B25" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>85</v>
       </c>
       <c r="B26" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>46</v>
       </c>
       <c r="B27" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B28" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>69</v>
       </c>
       <c r="B29" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>90</v>
       </c>
       <c r="B30" t="s">
         <v>91</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>