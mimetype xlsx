--- v0 (2025-11-30)
+++ v1 (2026-01-11)
@@ -190,96 +190,96 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Glob-Com</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Saturn Entertainment</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Dragejægerne</t>
+  </si>
+  <si>
     <t>AU,CA,GB,NL,US</t>
   </si>
   <si>
     <t>Ates kralligi</t>
   </si>
   <si>
     <t>Drage jaegerne</t>
   </si>
   <si>
     <t>Wladcy ognia</t>
   </si>
   <si>
     <t>AR,MX,VE</t>
   </si>
   <si>
     <t>El reinado del fuego</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>2084 - Die Herrschaft des Feuers</t>
   </si>
   <si>
     <t>Царството на огъня</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>Reino de Fogo</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Le règne du feu</t>
   </si>
   <si>
     <t>Království ohně</t>
   </si>
   <si>
     <t>Die Herrschaft des Feuers</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dragejægerne</t>
   </si>
   <si>
     <t>Tulelinn</t>
   </si>
   <si>
     <t>El imperio del fuego</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>To vasileio tis fotias</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Carstvo vatre</t>
   </si>
   <si>
     <t>2020: A tűz birodalma</t>
   </si>
   <si>
     <t>A tűz birodalma</t>
   </si>
@@ -1293,136 +1293,136 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B2" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>55</v>
       </c>
-      <c r="B3" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="B8" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>29</v>
+      </c>
+      <c r="B9" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>68</v>
+      </c>
+      <c r="B10" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
       <c r="B11" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B13" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>38</v>
       </c>
       <c r="B14" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>40</v>
       </c>
       <c r="B15" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>76</v>
       </c>