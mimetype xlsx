--- v0 (2025-12-11)
+++ v1 (2026-01-09)
@@ -310,150 +310,150 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Ljubljanski Kinematografi</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Film Europe</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Chantier Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>8 žensk</t>
+  </si>
+  <si>
+    <t>8 žien</t>
+  </si>
+  <si>
+    <t>8 жeни</t>
+  </si>
+  <si>
+    <t>RU</t>
+  </si>
+  <si>
+    <t>8 жeнщин</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>8 жiнок</t>
+  </si>
+  <si>
+    <t>Aštuonios moterys</t>
+  </si>
+  <si>
+    <t>Ocho mujeres</t>
+  </si>
+  <si>
+    <t>8 gynaikes</t>
+  </si>
+  <si>
+    <t>8 jeni</t>
+  </si>
+  <si>
+    <t>8 kadin</t>
+  </si>
+  <si>
+    <t>8 kvinder - og et mord</t>
+  </si>
+  <si>
+    <t>8 nö</t>
+  </si>
+  <si>
+    <t>8 sievietes</t>
+  </si>
+  <si>
+    <t>8 žen</t>
+  </si>
+  <si>
+    <t>AR,CL,ES</t>
+  </si>
+  <si>
+    <t>8 mujeres</t>
+  </si>
+  <si>
+    <t>AT,DE</t>
+  </si>
+  <si>
+    <t>8 Frauen</t>
+  </si>
+  <si>
+    <t>8 жени</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>8 Mulheres</t>
+  </si>
+  <si>
+    <t>CA,GB,US</t>
+  </si>
+  <si>
+    <t>8 Women</t>
+  </si>
+  <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>8 femmes</t>
+  </si>
+  <si>
+    <t>8 kvinder</t>
+  </si>
+  <si>
+    <t>8 naist</t>
+  </si>
+  <si>
     <t>8 naista</t>
   </si>
   <si>
     <t>Huit Femmes</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>8 žena</t>
   </si>
   <si>
     <t>8 nő</t>
-  </si>
-[...85 lines deleted...]
-    <t>8 naist</t>
   </si>
   <si>
     <t>8 donne e un mistero</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>8人の女たち</t>
   </si>
   <si>
     <t>Hachinin no onna-tachi</t>
   </si>
   <si>
     <t>8 moterys</t>
   </si>
   <si>
     <t>8 kvinner</t>
   </si>
   <si>
     <t>8 kobiet</t>
   </si>
   <si>
     <t>8 femei</t>
   </si>
@@ -2424,227 +2424,227 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B41"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B2" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B3" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>71</v>
+        <v>101</v>
       </c>
       <c r="B5" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="6" spans="1:2">
+      <c r="A6" t="s">
+        <v>103</v>
+      </c>
       <c r="B6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="8" spans="1:2">
-      <c r="A8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B8" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="9" spans="1:2">
-      <c r="A9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B9" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2">
+      <c r="B10" t="s">
         <v>107</v>
-      </c>
-[...6 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="B11" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
     </row>
     <row r="12" spans="1:2">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
       <c r="B12" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="B13" t="s">
-        <v>1</v>
+        <v>110</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="B14" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="B15" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2">
+      <c r="B16" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="16" spans="1:2">
-[...3 lines deleted...]
-      <c r="B16" t="s">
+    <row r="17" spans="1:2">
+      <c r="A17" t="s">
         <v>114</v>
       </c>
-    </row>
-    <row r="17" spans="1:2">
       <c r="B17" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="18" spans="1:2">
+      <c r="A18" t="s">
+        <v>116</v>
+      </c>
       <c r="B18" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="19" spans="1:2">
+      <c r="A19" t="s">
+        <v>48</v>
+      </c>
       <c r="B19" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="20" spans="1:2">
+      <c r="A20" t="s">
+        <v>119</v>
+      </c>
       <c r="B20" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B21" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B22" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="B23" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>124</v>
+        <v>59</v>
       </c>
       <c r="B24" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>126</v>
+        <v>63</v>
       </c>
       <c r="B25" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
+        <v>6</v>
+      </c>
+      <c r="B26" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>129</v>
       </c>
       <c r="B27" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="B28" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>73</v>
       </c>
       <c r="B29" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>133</v>
       </c>
       <c r="B30" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>133</v>
       </c>
@@ -2688,59 +2688,59 @@
       <c r="A36" t="s">
         <v>140</v>
       </c>
       <c r="B36" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>88</v>
       </c>
       <c r="B37" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>94</v>
       </c>
       <c r="B38" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="B39" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="B40" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
         <v>69</v>
       </c>
       <c r="B41" t="s">
         <v>146</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">