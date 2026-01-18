--- v0 (2025-12-29)
+++ v1 (2026-01-18)
@@ -148,87 +148,87 @@
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Pro Video</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>В капан</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>Encurralada</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Piégés</t>
+  </si>
+  <si>
     <t>GR</t>
   </si>
   <si>
     <t>Παγιδευμένη</t>
   </si>
   <si>
     <t>CA,GB,NL,US</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Lõksus</t>
   </si>
   <si>
     <t>AR,CL,MX</t>
   </si>
   <si>
     <t>Acorralada</t>
-  </si>
-[...16 lines deleted...]
-    <t>Piégés</t>
   </si>
   <si>
     <t>24 Stunden Angst</t>
   </si>
   <si>
     <t>Atrapada</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Ansassa</t>
   </si>
   <si>
     <t>Mauvais piège</t>
   </si>
   <si>
     <t>Pagidevmeni</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>U zamci</t>
   </si>
@@ -1067,75 +1067,75 @@
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>46</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>47</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>53</v>
       </c>
       <c r="B7" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>55</v>
       </c>
       <c r="B8" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>29</v>
       </c>
       <c r="B9" t="s">
         <v>57</v>
       </c>
@@ -1144,51 +1144,51 @@
       <c r="A10" t="s">
         <v>31</v>
       </c>
       <c r="B10" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>59</v>
       </c>
       <c r="B11" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="B13" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>63</v>
       </c>
       <c r="B14" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>65</v>
       </c>
       <c r="B15" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>37</v>
       </c>