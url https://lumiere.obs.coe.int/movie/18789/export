--- v0 (2025-12-08)
+++ v1 (2026-01-20)
@@ -187,87 +187,87 @@
   <si>
     <t>Key Films</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Nordisk Film</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Festival</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Metoroporisu</t>
+  </si>
+  <si>
     <t>Metrópolis de Osamu Tezuka</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Metropolisz</t>
   </si>
   <si>
     <t>Osamu Tezuka no Metoroporisu</t>
   </si>
   <si>
     <t>AU,US</t>
   </si>
   <si>
     <t>Osamu Tezuka's Metropolis</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Robotic Angel</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Метрополiс</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Метрополис</t>
-  </si>
-[...1 lines deleted...]
-    <t>Metoroporisu</t>
   </si>
   <si>
     <t>DE,FI,FR,GR,IT,LT,SE</t>
   </si>
   <si>
     <t>AR,BR,ES,PE</t>
   </si>
   <si>
     <t>Metrópolis</t>
   </si>
   <si>
     <t>Metropolis (de Osamu Tezuka)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -1261,107 +1261,107 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>42</v>
+        <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B3" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>59</v>
       </c>
       <c r="B4" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B5" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B6" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>6</v>
+        <v>68</v>
       </c>
       <c r="B9" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>70</v>
       </c>
       <c r="B10" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>71</v>
       </c>
       <c r="B11" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="B12" t="s">
         <v>73</v>
       </c>