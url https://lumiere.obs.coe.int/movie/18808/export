--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -313,105 +313,105 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Itafilm</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Bir Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CL</t>
+  </si>
+  <si>
+    <t>El Pianista</t>
+  </si>
+  <si>
     <t>AU,CA,GB,NL,SE,SG,US</t>
   </si>
   <si>
     <t>El pianista, de Roman Polanski</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Pijanista</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Пiанiст</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>El pianista</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Der Pianist</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Pianoçu</t>
   </si>
   <si>
     <t>Пианистът</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>O Pianista</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Le pianiste</t>
-  </si>
-[...4 lines deleted...]
-    <t>El Pianista</t>
   </si>
   <si>
     <t>CZ,PL,SK</t>
   </si>
   <si>
     <t>Pianista</t>
   </si>
   <si>
     <t>DK,FI,NO</t>
   </si>
   <si>
     <t>Pianisten</t>
   </si>
   <si>
     <t>EE,SI</t>
   </si>
   <si>
     <t>Pianist</t>
   </si>
   <si>
     <t>FI,GE</t>
   </si>
   <si>
     <t>Pianisti</t>
   </si>
@@ -2486,109 +2486,109 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>99</v>
       </c>
       <c r="B2" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>103</v>
       </c>
       <c r="B5" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>105</v>
       </c>
       <c r="B6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>107</v>
       </c>
       <c r="B7" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>109</v>
       </c>
       <c r="B8" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>49</v>
+        <v>111</v>
       </c>
       <c r="B9" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>112</v>
+        <v>49</v>
       </c>
       <c r="B10" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>114</v>
       </c>
       <c r="B11" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>116</v>
       </c>
       <c r="B12" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>118</v>
       </c>
@@ -2704,67 +2704,67 @@
       <c r="A27" t="s">
         <v>77</v>
       </c>
       <c r="B27" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>141</v>
       </c>
       <c r="B28" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>87</v>
       </c>
       <c r="B29" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B30" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>95</v>
       </c>
       <c r="B31" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B32" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>147</v>
       </c>
       <c r="B33" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>149</v>
       </c>
       <c r="B34" t="s">
         <v>150</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>