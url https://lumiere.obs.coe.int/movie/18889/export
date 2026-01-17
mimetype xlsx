--- v0 (2025-12-08)
+++ v1 (2026-01-17)
@@ -1250,85 +1250,87 @@
       <c r="Q9" s="3"/>
       <c r="R9" s="3"/>
       <c r="S9" s="3"/>
       <c r="T9" s="3"/>
       <c r="U9" s="3"/>
       <c r="V9" s="3"/>
       <c r="W9" s="3">
         <v>333</v>
       </c>
       <c r="X9" s="3">
         <v>51</v>
       </c>
       <c r="Y9" s="3"/>
     </row>
     <row r="10" spans="1:25">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
       <c r="C10">
         <v>37337</v>
       </c>
       <c r="D10" s="3">
-        <v>560309</v>
+        <v>560748</v>
       </c>
       <c r="E10" s="3">
         <v>553415</v>
       </c>
       <c r="F10" s="3">
         <v>632</v>
       </c>
       <c r="G10" s="3">
         <v>77</v>
       </c>
       <c r="H10" s="3"/>
       <c r="I10" s="3">
         <v>31</v>
       </c>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
       <c r="N10" s="3"/>
       <c r="O10" s="3"/>
       <c r="P10" s="3"/>
       <c r="Q10" s="3"/>
       <c r="R10" s="3"/>
       <c r="S10" s="3"/>
       <c r="T10" s="3"/>
       <c r="U10" s="3">
         <v>5899</v>
       </c>
       <c r="V10" s="3"/>
       <c r="W10" s="3">
         <v>255</v>
       </c>
       <c r="X10" s="3"/>
-      <c r="Y10" s="3"/>
+      <c r="Y10" s="3">
+        <v>439</v>
+      </c>
     </row>
     <row r="11" spans="1:25">
       <c r="A11" t="s">
         <v>57</v>
       </c>
       <c r="B11" t="s">
         <v>58</v>
       </c>
       <c r="C11">
         <v>37652</v>
       </c>
       <c r="D11" s="3">
         <v>71</v>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
@@ -1819,51 +1821,51 @@
         <v>160</v>
       </c>
       <c r="O24" s="3"/>
       <c r="P24" s="3"/>
       <c r="Q24" s="3"/>
       <c r="R24" s="3"/>
       <c r="S24" s="3"/>
       <c r="T24" s="3"/>
       <c r="U24" s="3"/>
       <c r="V24" s="3"/>
       <c r="W24" s="3">
         <v>1182</v>
       </c>
       <c r="X24" s="3">
         <v>315</v>
       </c>
       <c r="Y24" s="3">
         <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:25">
       <c r="A25" t="s">
         <v>79</v>
       </c>
       <c r="D25" s="3">
-        <v>1004070</v>
+        <v>1004509</v>
       </c>
       <c r="E25" s="3">
         <v>815951</v>
       </c>
       <c r="F25" s="3">
         <v>171616</v>
       </c>
       <c r="G25" s="3">
         <v>8631</v>
       </c>
       <c r="H25" s="3">
         <v>354</v>
       </c>
       <c r="I25" s="3">
         <v>193</v>
       </c>
       <c r="J25" s="3">
         <v>111</v>
       </c>
       <c r="K25" s="3">
         <v>0</v>
       </c>
       <c r="L25" s="3">
         <v>79</v>
       </c>
@@ -1882,59 +1884,59 @@
       <c r="Q25" s="3">
         <v>32</v>
       </c>
       <c r="R25" s="3">
         <v>71</v>
       </c>
       <c r="S25" s="3">
         <v>48</v>
       </c>
       <c r="T25" s="3">
         <v>186</v>
       </c>
       <c r="U25" s="3">
         <v>5899</v>
       </c>
       <c r="V25" s="3">
         <v>7</v>
       </c>
       <c r="W25" s="3">
         <v>688</v>
       </c>
       <c r="X25" s="3">
         <v>51</v>
       </c>
       <c r="Y25" s="3">
-        <v>5</v>
+        <v>444</v>
       </c>
     </row>
     <row r="26" spans="1:25">
       <c r="A26" t="s">
         <v>80</v>
       </c>
       <c r="D26" s="3">
-        <v>1158194</v>
+        <v>1158633</v>
       </c>
       <c r="E26" s="3">
         <v>959328</v>
       </c>
       <c r="F26" s="3">
         <v>180076</v>
       </c>
       <c r="G26" s="3">
         <v>8631</v>
       </c>
       <c r="H26" s="3">
         <v>354</v>
       </c>
       <c r="I26" s="3">
         <v>193</v>
       </c>
       <c r="J26" s="3">
         <v>229</v>
       </c>
       <c r="K26" s="3">
         <v>297</v>
       </c>
       <c r="L26" s="3">
         <v>79</v>
       </c>
@@ -1953,51 +1955,51 @@
       <c r="Q26" s="3">
         <v>32</v>
       </c>
       <c r="R26" s="3">
         <v>71</v>
       </c>
       <c r="S26" s="3">
         <v>48</v>
       </c>
       <c r="T26" s="3">
         <v>186</v>
       </c>
       <c r="U26" s="3">
         <v>5899</v>
       </c>
       <c r="V26" s="3">
         <v>7</v>
       </c>
       <c r="W26" s="3">
         <v>1970</v>
       </c>
       <c r="X26" s="3">
         <v>371</v>
       </c>
       <c r="Y26" s="3">
-        <v>84</v>
+        <v>523</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="30.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="33.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>