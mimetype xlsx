--- v0 (2025-11-16)
+++ v1 (2026-01-08)
@@ -766,62 +766,62 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>33</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>34</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>