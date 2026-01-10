--- v0 (2025-11-29)
+++ v1 (2026-01-10)
@@ -127,96 +127,96 @@
   <si>
     <t>MPDE</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Super Tiras</t>
+  </si>
+  <si>
     <t>AU,CA,FI,FR,GB,IT,NL,SE,US</t>
   </si>
   <si>
     <t>Straz wiejska</t>
   </si>
   <si>
     <t>Super maderos</t>
   </si>
   <si>
     <t>Supertroopers</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Super trupe</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Super policaji</t>
   </si>
   <si>
     <t>AR,MX</t>
   </si>
   <si>
     <t>Super policías</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Super Troopers - Die Superbullen</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Супер патрул</t>
-  </si>
-[...4 lines deleted...]
-    <t>Super Tiras</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Super patrouille</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Superpoldové</t>
   </si>
   <si>
     <t>Superpatrull</t>
   </si>
   <si>
     <t>Supermaderos</t>
   </si>
   <si>
     <t>Súper maderos</t>
   </si>
   <si>
     <t>FI</t>
   </si>
@@ -969,75 +969,75 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>37</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>38</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>33</v>
       </c>
-      <c r="B3" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>43</v>
       </c>
       <c r="B7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>47</v>
       </c>
       <c r="B9" t="s">
@@ -1128,51 +1128,51 @@
       <c r="A20" t="s">
         <v>66</v>
       </c>
       <c r="B20" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>33</v>
       </c>
       <c r="B21" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>34</v>
       </c>
       <c r="B22" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B23" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>71</v>
       </c>
       <c r="B24" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>74</v>
       </c>