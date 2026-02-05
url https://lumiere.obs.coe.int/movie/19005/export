--- v0 (2025-12-06)
+++ v1 (2026-02-05)
@@ -115,81 +115,81 @@
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Istituto Luce Cinecittà</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Paradiso Entertainment</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA,GB</t>
+  </si>
+  <si>
+    <t>Ghost River</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Horis elpida</t>
+  </si>
+  <si>
     <t>CA,FR,US</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Obiecane zycie</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>La vida prometida</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Promessa de Vida</t>
-  </si>
-[...10 lines deleted...]
-    <t>Horis elpida</t>
   </si>
   <si>
     <t>Silvia oltre il fiume</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>いつか、きっと</t>
   </si>
   <si>
     <t>Obiecane życie</t>
   </si>
   <si>
     <t>The Promised Life</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Жизнь обетованная</t>
   </si>
 </sst>
 </file>
 
@@ -826,112 +826,112 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>38</v>
       </c>
       <c r="B5" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>40</v>
       </c>
       <c r="B6" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>42</v>
       </c>
       <c r="B7" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>27</v>
       </c>
       <c r="B8" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>45</v>
       </c>
       <c r="B9" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="B11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>49</v>
       </c>
       <c r="B12" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">