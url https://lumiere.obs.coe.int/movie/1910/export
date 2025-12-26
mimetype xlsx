--- v0 (2025-11-16)
+++ v1 (2025-12-26)
@@ -187,69 +187,69 @@
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Penta Distribuzione</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Prava romansa</t>
+  </si>
+  <si>
     <t>AT,AU,CA,DE,DK,FI,FR,GB,HK,JP,KR,NL,NO,SE,SG,US</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Çilgin romantik</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Iliggiodis erotas</t>
-  </si>
-[...4 lines deleted...]
-    <t>Prava romansa</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Tikra romantika</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Справжнe кохання</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Escape salvaje</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Истински романс</t>
   </si>
@@ -1394,59 +1394,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>57</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>58</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B3" t="s">
-        <v>59</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>60</v>
       </c>
       <c r="B4" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>62</v>
       </c>
       <c r="B5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>64</v>
       </c>
       <c r="B6" t="s">
         <v>65</v>
       </c>
@@ -1559,91 +1559,91 @@
       <c r="A20" t="s">
         <v>89</v>
       </c>
       <c r="B20" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>91</v>
       </c>
       <c r="B21" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>54</v>
       </c>
       <c r="B22" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="B23" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>95</v>
       </c>
       <c r="B24" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B25" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>98</v>
       </c>
       <c r="B26" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>66</v>
       </c>
       <c r="B27" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B28" t="s">
         <v>101</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>