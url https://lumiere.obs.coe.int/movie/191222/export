--- v0 (2026-01-01)
+++ v1 (2026-01-22)
@@ -97,84 +97,84 @@
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2021</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Producer</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AR,ES</t>
+  </si>
+  <si>
+    <t>La invitación</t>
+  </si>
+  <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>De uitnodiging</t>
+  </si>
+  <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>O Convite</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Invitationen</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Kutsut</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>A meghívás</t>
-  </si>
-[...10 lines deleted...]
-    <t>La invitación</t>
   </si>
   <si>
     <t>Meghívó szombat délutánra</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>L'invito</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Zaproszenie</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Bjudningen</t>
   </si>
   <si>
     <t>Die Einladung</t>
   </si>
@@ -727,107 +727,107 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B2" t="s">
-        <v>28</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B4" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B5" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
-        <v>1</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>37</v>
       </c>
       <c r="B8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="B9" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>40</v>
       </c>
       <c r="B10" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>42</v>
       </c>
       <c r="B11" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>44</v>
       </c>