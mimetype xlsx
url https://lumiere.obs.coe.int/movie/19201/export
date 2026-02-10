--- v0 (2025-11-21)
+++ v1 (2026-02-10)
@@ -103,50 +103,68 @@
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2002</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Hey Arnold!</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Hej, Arnolde!</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Hé, Arnold!</t>
+  </si>
+  <si>
     <t>UA</t>
   </si>
   <si>
     <t>Фiльм Арнольд</t>
   </si>
   <si>
     <t>CA,GB,NZ,US</t>
   </si>
   <si>
     <t>Hé Arnold ! Le film</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Hey Arnold!: O Filme</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Oye Arnold!: La película</t>
   </si>
   <si>
     <t>BG</t>
@@ -170,68 +188,50 @@
     <t>Arnoldovy patálie</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Hey Arnold! - Der Film</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Hei, Arnold!</t>
   </si>
   <si>
     <t>ES,MX</t>
   </si>
   <si>
     <t>¡Oye Arnold! La película</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Hei Arnold! Elokuva</t>
-  </si>
-[...16 lines deleted...]
-    <t>Hé, Arnold!</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Hey Arnold! Il film</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ヘイ・アーノルド！ムービー</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Arnold</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Hey Arnold! - O Filme</t>
   </si>
@@ -824,109 +824,109 @@
     <col min="1" max="1" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>31</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
       <c r="B4" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B5" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="B11" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>46</v>
       </c>
       <c r="B12" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>48</v>
       </c>
       <c r="B13" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>50</v>
       </c>
@@ -986,51 +986,51 @@
       <c r="A21" t="s">
         <v>64</v>
       </c>
       <c r="B21" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>6</v>
       </c>
       <c r="B22" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>67</v>
       </c>
       <c r="B23" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="B24" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
         <v>70</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">