--- v0 (2025-11-14)
+++ v1 (2025-12-04)
@@ -139,63 +139,63 @@
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Svensk Filmindustri</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,DE,GB,US</t>
+  </si>
+  <si>
+    <t>Los feos tambien mojan</t>
+  </si>
+  <si>
+    <t>Uus kutt</t>
+  </si>
+  <si>
     <t>AR</t>
   </si>
   <si>
     <t>El chico nuevo</t>
-  </si>
-[...7 lines deleted...]
-    <t>Uus kutt</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Чисто нoв и готин</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Novo no Pedaço</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Le nouveau</t>
   </si>
   <si>
     <t>Los feos también mojan</t>
   </si>
   <si>
     <t>GR</t>
   </si>
@@ -957,67 +957,67 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>41</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>42</v>
-      </c>
-[...6 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>44</v>
       </c>
-    </row>
-    <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>46</v>
       </c>
       <c r="B6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>48</v>
       </c>
       <c r="B7" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>50</v>
       </c>
       <c r="B8" t="s">