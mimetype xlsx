--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -268,69 +268,69 @@
   <si>
     <t>LNK Audiovisuais</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>SPI</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Чикагo</t>
+  </si>
+  <si>
     <t>RS</t>
   </si>
   <si>
     <t>Čikago</t>
   </si>
   <si>
     <t>AR,AU,BE,BR,CA,CZ,DE,ES,FI,FR,GB,GR,HK,IT,KR,MX,NL,PL,PT,SE,TR,US</t>
   </si>
   <si>
     <t>Chicago - Un film de Rob Marshall</t>
   </si>
   <si>
     <t>Čikaga</t>
-  </si>
-[...4 lines deleted...]
-    <t>Чикагo</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Zhi jia ge</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>シカゴ</t>
   </si>
   <si>
     <t>RS,UA</t>
   </si>
   <si>
     <t>Чикаго</t>
   </si>
   <si>
     <t>Chicago: The Musical</t>
   </si>
   <si>
     <t>Σικάγο</t>
   </si>
@@ -2094,69 +2094,69 @@
     <col min="1" max="1" width="61.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>84</v>
       </c>
       <c r="B2" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>86</v>
       </c>
       <c r="B3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>88</v>
+      </c>
+      <c r="B4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>89</v>
+        <v>68</v>
       </c>
       <c r="B6" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>91</v>
       </c>
       <c r="B7" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>93</v>
       </c>
       <c r="B8" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>95</v>
       </c>