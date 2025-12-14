--- v0 (2025-11-20)
+++ v1 (2025-12-14)
@@ -130,78 +130,78 @@
   <si>
     <t>20th Century Fox</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Berber Dükkani</t>
+  </si>
+  <si>
+    <t>AU,CA,FI,FR,GB,NL,PL,US</t>
+  </si>
+  <si>
+    <t>La barberia</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Бръснарницата</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Uma Turma do Barulho</t>
+  </si>
+  <si>
     <t>CA</t>
   </si>
   <si>
     <t>Chez le barbier</t>
-  </si>
-[...22 lines deleted...]
-    <t>Uma Turma do Barulho</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Holičství</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Barbershop - Ein haarscharfes Viertel</t>
   </si>
   <si>
     <t>ES,MX</t>
   </si>
   <si>
     <t>La barbería</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>To barberiko</t>
   </si>
@@ -932,62 +932,62 @@
     <col min="1" max="1" width="22.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="33.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>38</v>
       </c>
       <c r="B2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>40</v>
       </c>
       <c r="B3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="B4" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="4" spans="1:2">
-      <c r="A4" t="s">
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>42</v>
       </c>
-      <c r="B4" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>46</v>
       </c>
       <c r="B7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>48</v>
       </c>
       <c r="B8" t="s">
@@ -1062,51 +1062,51 @@
       <c r="A17" t="s">
         <v>65</v>
       </c>
       <c r="B17" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>67</v>
       </c>
       <c r="B18" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>69</v>
       </c>
       <c r="B19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B20" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>54</v>
       </c>
       <c r="B21" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>73</v>
       </c>
       <c r="B22" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>75</v>
       </c>