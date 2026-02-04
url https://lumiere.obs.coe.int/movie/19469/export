--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -97,75 +97,75 @@
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2002</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AT</t>
+  </si>
+  <si>
+    <t>Vierzig Gewehre</t>
+  </si>
+  <si>
     <t>CA,FR,IE,JP,NZ,US</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Cehennem Silahsörleri</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Czterdziesci rewolwerów</t>
   </si>
   <si>
     <t>AR,CL,CO,MX,VE</t>
   </si>
   <si>
     <t>Dragones de la violencia</t>
-  </si>
-[...4 lines deleted...]
-    <t>Vierzig Gewehre</t>
   </si>
   <si>
     <t>AU,GB,US</t>
   </si>
   <si>
     <t>Samuel Fuller's Forty Guns</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Tornade en Arizona</t>
   </si>
   <si>
     <t>Tornado in Arizona</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Dragões da Violência</t>
   </si>
   <si>
     <t>DK</t>
   </si>
@@ -809,59 +809,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>27</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>30</v>
       </c>
       <c r="B4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>34</v>
       </c>
       <c r="B6" t="s">
         <v>35</v>
       </c>
@@ -958,83 +958,83 @@
       <c r="A18" t="s">
         <v>55</v>
       </c>
       <c r="B18" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>57</v>
       </c>
       <c r="B19" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>59</v>
       </c>
       <c r="B20" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>24</v>
       </c>
       <c r="B22" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>63</v>
       </c>
       <c r="B23" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>65</v>
       </c>
       <c r="B24" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B25" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="B27" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="B28" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="B29" t="s">