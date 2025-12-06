--- v0 (2025-11-14)
+++ v1 (2025-12-06)
@@ -205,93 +205,93 @@
   <si>
     <t>Nexo</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Universal</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Bio Harlekinen</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>IS</t>
+  </si>
+  <si>
+    <t>Draugabanar</t>
+  </si>
+  <si>
     <t>SI</t>
   </si>
   <si>
     <t>Izganjalci duhov</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Vaiduokliu medziotojai</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Vanatorii de fantome</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Γκόστμπαστερς</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Ловци на духове</t>
   </si>
   <si>
     <t>AU,FI,JP,NO</t>
   </si>
   <si>
     <t>Ghostbusters</t>
   </si>
   <si>
     <t>Ghostbreakers</t>
-  </si>
-[...4 lines deleted...]
-    <t>Draugabanar</t>
   </si>
   <si>
     <t>Els caçafantasmes</t>
   </si>
   <si>
     <t>Ghostbusters - Spökligan</t>
   </si>
   <si>
     <t>Ghoststoppers</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Istjerivači duhova</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Мисливцi за привидами</t>
   </si>
   <si>
     <t>Ghostbusters (Acchiappafantasmi)</t>
   </si>
@@ -1535,59 +1535,59 @@
       <c r="A5" t="s">
         <v>69</v>
       </c>
       <c r="B5" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>71</v>
       </c>
       <c r="B6" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>73</v>
       </c>
       <c r="B7" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>6</v>
+        <v>75</v>
       </c>
       <c r="B8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>76</v>
+        <v>6</v>
       </c>
       <c r="B9" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>59</v>
       </c>
       <c r="B11" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>6</v>
       </c>