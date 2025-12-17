--- v0 (2025-11-23)
+++ v1 (2025-12-17)
@@ -259,50 +259,56 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Midas Filmes</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>ANF</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SFI</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Kullapalavik</t>
+  </si>
+  <si>
     <t>TR</t>
   </si>
   <si>
     <t>Altina hücum</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Aukso karštlige</t>
   </si>
   <si>
     <t>Goana dupa Aur</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Zlatna groznica</t>
   </si>
   <si>
     <t>AU,CA,GB,SG,US</t>
   </si>
   <si>
     <t>Goraczka Zlota</t>
@@ -332,56 +338,50 @@
     <t>La ruée vers l'or</t>
   </si>
   <si>
     <t>De drang naar het goud</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Треска за злато</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Em Busca do Ouro</t>
   </si>
   <si>
     <t>Zlaté Opojení</t>
   </si>
   <si>
     <t>DK,SE</t>
   </si>
   <si>
     <t>Guldfeber</t>
-  </si>
-[...4 lines deleted...]
-    <t>Kullapalavik</t>
   </si>
   <si>
     <t>La quimera de l'or</t>
   </si>
   <si>
     <t>Kultakuume</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>O Charlot hrysothiras</t>
   </si>
   <si>
     <t>O hrysothiras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Potjera za zlatom</t>
   </si>
   <si>
     <t>HU</t>
   </si>
@@ -2024,144 +2024,144 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>81</v>
       </c>
       <c r="B2" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>83</v>
       </c>
       <c r="B3" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="B4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>86</v>
+        <v>75</v>
       </c>
       <c r="B5" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>88</v>
       </c>
       <c r="B6" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2">
+      <c r="A7" t="s">
+        <v>90</v>
+      </c>
+      <c r="B7" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="7" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="8" spans="1:2">
-      <c r="A8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B8" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>92</v>
       </c>
       <c r="B9" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>94</v>
       </c>
       <c r="B10" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>96</v>
       </c>
       <c r="B11" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B13" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>101</v>
       </c>
       <c r="B14" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>52</v>
+        <v>103</v>
       </c>
       <c r="B15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>104</v>
+        <v>52</v>
       </c>
       <c r="B16" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>106</v>
       </c>
       <c r="B17" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>56</v>
       </c>
       <c r="B18" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>58</v>
       </c>
@@ -2205,123 +2205,123 @@
       <c r="A24" t="s">
         <v>63</v>
       </c>
       <c r="B24" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>118</v>
       </c>
       <c r="B25" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>118</v>
       </c>
       <c r="B26" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B27" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>70</v>
       </c>
       <c r="B28" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>71</v>
       </c>
       <c r="B29" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>73</v>
       </c>
       <c r="B30" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>73</v>
       </c>
       <c r="B31" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>75</v>
       </c>
       <c r="B32" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B33" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>128</v>
       </c>
       <c r="B34" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>130</v>
       </c>
       <c r="B35" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B36" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>6</v>
       </c>
       <c r="B37" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>110</v>
       </c>
       <c r="B38" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
         <v>135</v>
       </c>