--- v0 (2025-12-04)
+++ v1 (2026-01-13)
@@ -121,102 +121,102 @@
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>ORO FILMS S.A.</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,DE,FI,FR,GB,GR,NO,NZ</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Moždana smrt</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>Muertos de miedo</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Живите мъртви</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Fome Animal</t>
+  </si>
+  <si>
+    <t>CA,NL,SE,US</t>
+  </si>
+  <si>
+    <t>Dead Alive</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>Braindead: Ziví mrtví</t>
+  </si>
+  <si>
+    <t>Clínicament morta</t>
+  </si>
+  <si>
+    <t>Braindead: tu madre se ha comido a mi perro</t>
+  </si>
+  <si>
+    <t>Tu madre se ha comido a mi perro</t>
+  </si>
+  <si>
     <t>FI</t>
   </si>
   <si>
     <t>Aivokuollut</t>
-  </si>
-[...46 lines deleted...]
-    <t>Tu madre se ha comido a mi perro</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Engefalika nekros</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Hullajó!</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Splatters - Gli schizzacervelli</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ブレインデッド</t>
   </si>
@@ -890,128 +890,128 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="40.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>35</v>
       </c>
       <c r="B2" t="s">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B3" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>40</v>
       </c>
       <c r="B5" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>42</v>
       </c>
       <c r="B6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>46</v>
       </c>
       <c r="B8" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>30</v>
+      </c>
+      <c r="B9" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>30</v>
       </c>
       <c r="B10" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>30</v>
       </c>
       <c r="B11" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>53</v>
       </c>
       <c r="B13" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>55</v>
       </c>
       <c r="B14" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>57</v>
       </c>
@@ -1031,51 +1031,51 @@
       <c r="A17" t="s">
         <v>61</v>
       </c>
       <c r="B17" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>63</v>
       </c>
       <c r="B18" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>65</v>
       </c>
       <c r="B19" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B20" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>68</v>
       </c>
       <c r="B21" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>70</v>
       </c>
       <c r="B22" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>72</v>
       </c>