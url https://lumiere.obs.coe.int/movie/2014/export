--- v0 (2025-11-14)
+++ v1 (2025-12-13)
@@ -175,99 +175,99 @@
   <si>
     <t>Deliverance Pictures</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Indipendenti Regionali</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Sonsuz kaçis</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,NL,US</t>
+  </si>
+  <si>
+    <t>BE,FR</t>
+  </si>
+  <si>
+    <t>Guet-apens</t>
+  </si>
+  <si>
+    <t>Wedloop met de dood</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Бягството</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Os Implacáveis</t>
+  </si>
+  <si>
+    <t>Os Implacáveis: Fuga Perigosa</t>
+  </si>
+  <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>Le guet-apens</t>
+  </si>
+  <si>
+    <t>CO,VE</t>
+  </si>
+  <si>
+    <t>La fuga</t>
+  </si>
+  <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Útěk</t>
-  </si>
-[...43 lines deleted...]
-    <t>La fuga</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Getaway - vild flugt</t>
   </si>
   <si>
     <t>La fugida</t>
   </si>
   <si>
     <t>La huida</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Pakotie</t>
   </si>
   <si>
     <t>Getaway</t>
   </si>
   <si>
     <t>GR</t>
   </si>
@@ -1344,96 +1344,96 @@
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>53</v>
       </c>
       <c r="B2" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>55</v>
       </c>
       <c r="B3" t="s">
-        <v>56</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>56</v>
+      </c>
+      <c r="B4" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>61</v>
       </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B9" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>68</v>
       </c>
       <c r="B11" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>70</v>
       </c>
@@ -1621,59 +1621,59 @@
       <c r="A35" t="s">
         <v>106</v>
       </c>
       <c r="B35" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>106</v>
       </c>
       <c r="B36" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>109</v>
       </c>
       <c r="B37" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B38" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B39" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="B40" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="B41" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
         <v>77</v>
       </c>
       <c r="B42" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">