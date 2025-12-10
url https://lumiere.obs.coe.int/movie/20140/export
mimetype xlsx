--- v0 (2025-11-16)
+++ v1 (2025-12-10)
@@ -145,123 +145,123 @@
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Classic Films Distribucion</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>ANF</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AT,BE,CA,FR,US</t>
+  </si>
+  <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>De Marseillaise</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>A Marselhesa</t>
+  </si>
+  <si>
+    <t>DK,NO</t>
+  </si>
+  <si>
+    <t>Marseillaisen</t>
+  </si>
+  <si>
+    <t>La Marsellesa</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Marseljeesi</t>
+  </si>
+  <si>
+    <t>La Marseillaise - Chronique de quelques faits ayant contribué à la chute de la Monarchie</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Massaliotida</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Marseillaise</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>La marsigliese</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>ラ・マルセイエーズ</t>
+  </si>
+  <si>
     <t>PL</t>
   </si>
   <si>
     <t>Marsylianka</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Marseljeza</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Marseljäsen</t>
-  </si>
-[...55 lines deleted...]
-    <t>ラ・マルセイエーズ</t>
   </si>
   <si>
     <t>Марсельеза</t>
   </si>
   <si>
     <t>Die Marseillaise</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>The Marseillaise</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -1004,120 +1004,120 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="78.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>43</v>
       </c>
       <c r="B2" t="s">
-        <v>44</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B3" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>37</v>
+      </c>
+      <c r="B6" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
       <c r="B8" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>37</v>
+        <v>54</v>
       </c>
       <c r="B9" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>6</v>
+        <v>58</v>
       </c>
       <c r="B11" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>60</v>
       </c>
       <c r="B12" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>62</v>
       </c>
       <c r="B13" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>64</v>
       </c>