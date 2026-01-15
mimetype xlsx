--- v0 (2025-12-03)
+++ v1 (2026-01-15)
@@ -259,57 +259,57 @@
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>ANF</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SF Bio</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Telma i Luiz</t>
+  </si>
+  <si>
     <t>AU,BR,CA,CL,DE,ES,FI,FR,GB,HK,IT,JP,KR,NL,PT,SE,US</t>
-  </si>
-[...4 lines deleted...]
-    <t>Telma i Luiz</t>
   </si>
   <si>
     <t>Telma un Luīze</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Thelma kai Louise</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Thelma &amp; Louise: Un final inesperado</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Тельма i Луiiза</t>
   </si>
   <si>
     <t>AR</t>
   </si>
@@ -2055,59 +2055,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="33.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>81</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>82</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B3" t="s">
-        <v>83</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>85</v>
       </c>
       <c r="B5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>87</v>
       </c>
       <c r="B6" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
@@ -2225,51 +2225,51 @@
       <c r="A21" t="s">
         <v>85</v>
       </c>
       <c r="B21" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>117</v>
       </c>
       <c r="B22" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>75</v>
       </c>
       <c r="B23" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B24" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>121</v>
       </c>
       <c r="B25" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>123</v>
       </c>
       <c r="B26" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>125</v>
       </c>