--- v0 (2025-12-03)
+++ v1 (2026-01-13)
@@ -127,72 +127,72 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Twin Film</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Corianderfilm</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>BestFilm</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>4ª planta</t>
+  </si>
+  <si>
     <t>4. estasje</t>
   </si>
   <si>
     <t>The 4th Floor</t>
   </si>
   <si>
     <t>Planta 4ª</t>
   </si>
   <si>
     <t>4. Piętro</t>
   </si>
   <si>
     <t>Planta cuarta</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Quarto piano</t>
-  </si>
-[...1 lines deleted...]
-    <t>4ª planta</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -896,79 +896,79 @@
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="B2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
-        <v>1</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2">
+      <c r="A7" t="s">
         <v>33</v>
       </c>
-      <c r="B6" t="s">
-[...3 lines deleted...]
-    <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:2">
-      <c r="A8" t="s">
+      <c r="B8" t="s">
         <v>42</v>
       </c>
-      <c r="B8" t="s">
+    </row>
+    <row r="9" spans="1:2">
+      <c r="A9" t="s">
         <v>43</v>
       </c>
-    </row>
-    <row r="9" spans="1:2">
       <c r="B9" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>