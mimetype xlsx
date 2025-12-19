--- v0 (2025-11-22)
+++ v1 (2025-12-19)
@@ -181,66 +181,66 @@
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Monolith</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Monje</t>
+  </si>
+  <si>
     <t>AU,CA,GB,US</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Atsalini dynami</t>
   </si>
   <si>
     <t>Kursun geçirmez</t>
   </si>
   <si>
     <t>Kuulikindel munk</t>
-  </si>
-[...1 lines deleted...]
-    <t>Monje</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Neprobojni monah</t>
   </si>
   <si>
     <t>Neprůstřelný mnich</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>El guardián</t>
   </si>
   <si>
     <t>Брониран монах</t>
   </si>
   <si>
     <t>Непобедимият монах</t>
   </si>
   <si>
     <t>BR</t>
   </si>
@@ -1258,74 +1258,74 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="39.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>56</v>
       </c>
       <c r="B3" t="s">
-        <v>57</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B4" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
       <c r="B5" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>61</v>
       </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>64</v>
@@ -1378,51 +1378,51 @@
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>39</v>
       </c>
       <c r="B16" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>42</v>
       </c>
       <c r="B17" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B18" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>77</v>
       </c>
       <c r="B19" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>79</v>
       </c>
       <c r="B20" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>45</v>
       </c>
@@ -1514,59 +1514,59 @@
       <c r="A32" t="s">
         <v>96</v>
       </c>
       <c r="B32" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>98</v>
       </c>
       <c r="B33" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>100</v>
       </c>
       <c r="B34" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B35" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B36" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>100</v>
       </c>
       <c r="B37" t="s">
         <v>104</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">