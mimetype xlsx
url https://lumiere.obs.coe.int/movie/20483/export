--- v0 (2025-11-21)
+++ v1 (2025-12-14)
@@ -157,50 +157,56 @@
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>StudioCanal</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Il corvo</t>
+  </si>
+  <si>
     <t>BG</t>
   </si>
   <si>
     <t>Гарванът</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Cartas Anônimas</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>O Corvo</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Sombra do Pavor</t>
   </si>
   <si>
     <t>DE</t>
@@ -224,56 +230,50 @@
     <t>Laura</t>
   </si>
   <si>
     <t>Lettres anonymes</t>
   </si>
   <si>
     <t>L'oeil du serpent</t>
   </si>
   <si>
     <t>L'oiseau noir</t>
   </si>
   <si>
     <t>Maladie contagieuse</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>To koraki</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>A holló</t>
-  </si>
-[...4 lines deleted...]
-    <t>Il corvo</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>密告（1943）</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>El cuervo</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Kruk</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Corbul</t>
   </si>
@@ -1136,128 +1136,128 @@
       <c r="B2" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>49</v>
       </c>
       <c r="B3" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>51</v>
       </c>
       <c r="B4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>53</v>
       </c>
       <c r="B5" t="s">
-        <v>1</v>
+        <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B6" t="s">
-        <v>54</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="B7" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>57</v>
       </c>
       <c r="B8" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>59</v>
       </c>
       <c r="B9" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>6</v>
+        <v>61</v>
       </c>
       <c r="B10" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>6</v>
       </c>
       <c r="B11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>6</v>
       </c>
       <c r="B12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>6</v>
       </c>
       <c r="B13" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>6</v>
       </c>
       <c r="B14" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>66</v>
+        <v>6</v>
       </c>
       <c r="B15" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>68</v>
       </c>
       <c r="B16" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>70</v>
       </c>
       <c r="B17" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>72</v>
       </c>