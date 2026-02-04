--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -91,81 +91,81 @@
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 1996</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Playmate - leikkitoveri</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Bulusma</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>O Último Amante Romântico</t>
+  </si>
+  <si>
+    <t>DE,US</t>
+  </si>
+  <si>
+    <t>The Last Romantic Lover</t>
+  </si>
+  <si>
     <t>DK</t>
   </si>
   <si>
     <t>Den sidste romantiske elsker</t>
-  </si>
-[...25 lines deleted...]
-    <t>The Last Romantic Lover</t>
   </si>
   <si>
     <t>Hombre objeto</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>O teleftaios romantikos erastis</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Un uomo in premio</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Zadnji romanticni ljubimec</t>
   </si>
   <si>
     <t>Playmate</t>
   </si>
@@ -716,59 +716,59 @@
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>25</v>
       </c>
       <c r="B2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>27</v>
       </c>
       <c r="B3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B5" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>36</v>
       </c>