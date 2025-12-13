--- v0 (2025-11-22)
+++ v1 (2025-12-13)
@@ -211,50 +211,53 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Intercomfilm</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Svensk Filmindustri</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Horrorra akadva 3.</t>
+  </si>
+  <si>
     <t>AU,CA,CZ,DE,DK,ES,FI,FR,GB,GR,IE,IT,KR,MX,NL,NZ,SE,US,VE</t>
   </si>
   <si>
     <t>Scary Movie 3-Comedie De Groaza 3</t>
   </si>
   <si>
     <t>Scary Movie 3 - Una risata vi seppellirà</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Дуже страшне кiно 3</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Scary movie 3: No hay dos sin 3</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Страшен филм 3</t>
@@ -263,53 +266,50 @@
     <t>BR</t>
   </si>
   <si>
     <t>Todo Mundo em Pânico 3</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Film de peur 3</t>
   </si>
   <si>
     <t>DE,US</t>
   </si>
   <si>
     <t>Scary Movie 3.5</t>
   </si>
   <si>
     <t>Õudne film 3</t>
   </si>
   <si>
     <t>HR,RS</t>
   </si>
   <si>
     <t>Mrak film 3</t>
-  </si>
-[...1 lines deleted...]
-    <t>Horrorra akadva 3.</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>The Most 'Crazy' Screaming Plan</t>
   </si>
   <si>
     <t>最'狂'絶叫計画</t>
   </si>
   <si>
     <t>Pats baisiausias filmas 3</t>
   </si>
   <si>
     <t>Šausmenīte 3</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Scary Movie: no hay dos sin 3</t>
   </si>
   <si>
     <t>Straszny film 3</t>
   </si>
@@ -1397,136 +1397,136 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="53.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="40.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
         <v>65</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>69</v>
+      </c>
+      <c r="B6" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B7" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>38</v>
+        <v>79</v>
       </c>
       <c r="B11" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>38</v>
+      </c>
+      <c r="B12" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>46</v>
+        <v>82</v>
       </c>
       <c r="B13" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>84</v>
       </c>
       <c r="B14" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>84</v>
       </c>
       <c r="B15" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>49</v>
       </c>
@@ -1578,51 +1578,51 @@
       <c r="A22" t="s">
         <v>62</v>
       </c>
       <c r="B22" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>6</v>
       </c>
       <c r="B23" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>6</v>
       </c>
       <c r="B24" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B25" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>98</v>
       </c>
       <c r="B26" t="s">
         <v>99</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">