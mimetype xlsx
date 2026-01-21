--- v0 (2025-12-12)
+++ v1 (2026-01-21)
@@ -211,56 +211,59 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Atalanta Filmes</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Nonstop Entertainment</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Amerykański splendor</t>
+  </si>
+  <si>
     <t>AU,CA,DE,ES,FR,GB,GR,JP,PT,SE,US</t>
   </si>
   <si>
-    <t>PL</t>
-[...1 lines deleted...]
-  <si>
     <t>Amerykanski splendor</t>
   </si>
   <si>
     <t>Görkemli hayatim</t>
   </si>
   <si>
     <t>AR,MX</t>
   </si>
   <si>
     <t>Esplendor americano</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Американски разкош</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Anti-Herói Americano</t>
   </si>
   <si>
     <t>CZ</t>
@@ -269,53 +272,50 @@
     <t>Muj svet</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Ameerika hiilgus</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Sikersztori</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>アメリカン・スプレンダー</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Amerikietiška puikybė</t>
-  </si>
-[...1 lines deleted...]
-    <t>Amerykański splendor</t>
   </si>
   <si>
     <t>Splendoare americana</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Američka divota</t>
   </si>
   <si>
     <t>Görkemli hayatım</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Американское великолепие</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -1428,136 +1428,136 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>65</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>66</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B3" t="s">
-        <v>67</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B4" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>62</v>
+      </c>
+      <c r="B5" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>70</v>
+      </c>
+      <c r="B6" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>72</v>
+      </c>
+      <c r="B7" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>66</v>
+        <v>84</v>
       </c>
       <c r="B13" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>59</v>
       </c>
       <c r="B14" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>87</v>
       </c>
       <c r="B15" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>62</v>
       </c>