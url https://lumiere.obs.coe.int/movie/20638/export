--- v0 (2025-12-02)
+++ v1 (2026-01-12)
@@ -211,69 +211,69 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>BestFilm</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>LNK Filmes</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Čuvar stanice</t>
+  </si>
+  <si>
+    <t>AU,CA,FI,FR,GB,IT,NL,US</t>
+  </si>
+  <si>
+    <t>Dróznik</t>
+  </si>
+  <si>
+    <t>Hayatin içinden</t>
+  </si>
+  <si>
     <t>GR</t>
   </si>
   <si>
     <t>O stathmos</t>
-  </si>
-[...13 lines deleted...]
-    <t>Hayatin içinden</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Stoties agentas</t>
   </si>
   <si>
     <t>Vias cruzadas</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Начальник станцii</t>
   </si>
   <si>
     <t>AT,DE,SE</t>
   </si>
   <si>
     <t>Station Agent</t>
   </si>
   <si>
     <t>BR</t>
   </si>
@@ -1440,72 +1440,72 @@
     <col min="1" max="1" width="22.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>65</v>
       </c>
       <c r="B2" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>67</v>
       </c>
       <c r="B3" t="s">
-        <v>68</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>69</v>
+        <v>57</v>
       </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B5" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="B6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>72</v>
       </c>
       <c r="B7" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>75</v>
       </c>
       <c r="B9" t="s">
         <v>76</v>
       </c>
@@ -1586,83 +1586,83 @@
       <c r="A19" t="s">
         <v>57</v>
       </c>
       <c r="B19" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>59</v>
       </c>
       <c r="B20" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>92</v>
       </c>
       <c r="B21" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B22" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>62</v>
       </c>
       <c r="B23" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>96</v>
       </c>
       <c r="B24" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>75</v>
       </c>
       <c r="B25" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B26" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>42</v>
       </c>
       <c r="B27" t="s">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">