--- v0 (2025-11-20)
+++ v1 (2026-02-07)
@@ -136,57 +136,57 @@
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>LNK Filmes</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Asilsiz Haber</t>
+  </si>
+  <si>
     <t>AU,CA,DE,GB,US</t>
-  </si>
-[...4 lines deleted...]
-    <t>Asilsiz Haber</t>
   </si>
   <si>
     <t>Hazugsággyáros</t>
   </si>
   <si>
     <t>Verdade ou Mentira</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Minciuni</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Razbijeni Glas</t>
   </si>
   <si>
     <t>Razbijeno staklo</t>
   </si>
   <si>
     <t>AR</t>
   </si>
@@ -1011,59 +1011,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>40</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>41</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B3" t="s">
-        <v>42</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>36</v>
       </c>
       <c r="B5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
@@ -1197,51 +1197,51 @@
       <c r="A23" t="s">
         <v>74</v>
       </c>
       <c r="B23" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>76</v>
       </c>
       <c r="B24" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>78</v>
       </c>
       <c r="B25" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B26" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>64</v>
       </c>
       <c r="B27" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>82</v>
       </c>
       <c r="B28" t="s">
         <v>83</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>