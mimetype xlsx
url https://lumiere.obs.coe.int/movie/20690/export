--- v0 (2025-12-02)
+++ v1 (2026-01-12)
@@ -136,57 +136,57 @@
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Acme</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>SPI</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,DE,ES,GB,IT,NL,SE,US</t>
+  </si>
+  <si>
+    <t>Hlbočina</t>
+  </si>
+  <si>
     <t>Ciśnienie</t>
-  </si>
-[...4 lines deleted...]
-    <t>Hlbočina</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>Proteus</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Below - Da unten hört dich niemand schreien</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Под повърхността</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Submersos</t>
   </si>
@@ -943,65 +943,65 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="25.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="40.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>34</v>
       </c>
-      <c r="B2" t="s">
-[...11 lines deleted...]
-    <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>43</v>
       </c>
       <c r="B5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>47</v>
       </c>
       <c r="B7" t="s">