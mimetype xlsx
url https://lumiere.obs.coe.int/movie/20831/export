--- v0 (2025-12-10)
+++ v1 (2026-02-06)
@@ -133,69 +133,69 @@
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Gemini Films</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Atalanta Filmes</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Ten dzien</t>
+  </si>
+  <si>
+    <t>CA,CH,FR</t>
+  </si>
+  <si>
     <t>ES</t>
   </si>
   <si>
     <t>El día aquel</t>
   </si>
   <si>
     <t>GB,SE,US</t>
   </si>
   <si>
     <t>That Day</t>
-  </si>
-[...7 lines deleted...]
-    <t>CA,CH,FR</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Aznap</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Quel giorno</t>
   </si>
   <si>
     <t>Ten dzień</t>
   </si>
   <si>
     <t>Aquele Dia</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Тот день</t>
   </si>
@@ -891,88 +891,88 @@
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>39</v>
       </c>
       <c r="B2" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>41</v>
       </c>
       <c r="B3" t="s">
-        <v>42</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>46</v>
       </c>
       <c r="B6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>48</v>
       </c>
       <c r="B7" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>35</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>52</v>
       </c>
       <c r="B10" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>