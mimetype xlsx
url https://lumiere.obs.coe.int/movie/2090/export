--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="106" uniqueCount="93">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>The Bodyguard</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Mick Jackson</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
@@ -67,56 +67,50 @@
   <si>
     <t>ISAN link</t>
   </si>
   <si>
     <t>https://web.isan.org/public/en/isan/0000-0000-077A-0000-F-0000-0000-T</t>
   </si>
   <si>
     <t>EIDR link</t>
   </si>
   <si>
     <t>https://ui.eidr.org/view/content?id=10.5240/FEC7-9615-5CE7-A826-C365-3</t>
   </si>
   <si>
     <t>CNC (FR) link</t>
   </si>
   <si>
     <t>https://www.cnc.fr/professionnels/visas-et-classification/81378</t>
   </si>
   <si>
     <t>Wikidata link</t>
   </si>
   <si>
     <t>https://www.wikidata.org/wiki/Q725946</t>
   </si>
   <si>
-    <t>JustWatch link</t>
-[...4 lines deleted...]
-  <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 1996</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>2016</t>
@@ -229,111 +223,111 @@
   <si>
     <t>Le garde du corps</t>
   </si>
   <si>
     <t>El guardaespatlles</t>
   </si>
   <si>
     <t>AT,DE,DK,FI,FR,JP,NL,NO,PL,RO,SE,TR</t>
   </si>
   <si>
     <t>Bodyguard</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ボディガード（1992）</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Telesni strazar</t>
   </si>
   <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>O Guarda-Costas</t>
+  </si>
+  <si>
+    <t>Osobní strážce</t>
+  </si>
+  <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Ihukaitsja</t>
+  </si>
+  <si>
+    <t>AR,ES,MX</t>
+  </si>
+  <si>
+    <t>El guardaespaldas</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>O somatofylakas</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Tjelohranitelj</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Több mint testőr</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Asmens sargybinis</t>
+  </si>
+  <si>
+    <t>Телохранитељ</t>
+  </si>
+  <si>
+    <t>SK</t>
+  </si>
+  <si>
+    <t>Osobný strážca</t>
+  </si>
+  <si>
     <t>IT</t>
   </si>
   <si>
     <t>Guardia del corpo</t>
   </si>
   <si>
     <t>The Bodyguard - 20th Anniversary Event</t>
-  </si>
-[...52 lines deleted...]
-    <t>Osobný strážca</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Телохранитель</t>
   </si>
   <si>
     <t>Ο σωματοφύλακας</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -659,56 +653,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imdb.com/title/tt0103855/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.isan.org/public/en/isan/0000-0000-077A-0000-F-0000-0000-T" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ui.eidr.org/view/content?id=10.5240/FEC7-9615-5CE7-A826-C365-3" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnc.fr/professionnels/visas-et-classification/81378" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q725946" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justwatch.com/us/movie/the-bodyguard" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imdb.com/title/tt0103855/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.isan.org/public/en/isan/0000-0000-077A-0000-F-0000-0000-T" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ui.eidr.org/view/content?id=10.5240/FEC7-9615-5CE7-A826-C365-3" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnc.fr/professionnels/visas-et-classification/81378" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q725946" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B10"/>
+  <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="33.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="66.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
     </row>
@@ -746,549 +740,540 @@
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="10" spans="1:2">
-[...6 lines deleted...]
-    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
     <hyperlink ref="B9" r:id="rId5"/>
-    <hyperlink ref="B10" r:id="rId6"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="14" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="17" width="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C1" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="D1" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="E1" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="F1" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="G1" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="H1" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="I1" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="J1" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="K1" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="L1" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="M1" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="N1" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="O1" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="N1" s="1" t="s">
+      <c r="P1" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="O1" s="1" t="s">
+      <c r="Q1" s="1" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B2" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C2">
         <v>45193</v>
       </c>
       <c r="D2" s="3">
         <v>118</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
       <c r="L2" s="3"/>
       <c r="M2" s="3"/>
       <c r="N2" s="3"/>
       <c r="O2" s="3"/>
       <c r="P2" s="3">
         <v>118</v>
       </c>
       <c r="Q2" s="3"/>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B3" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C3">
         <v>33976</v>
       </c>
       <c r="D3" s="3">
         <v>2927</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3">
         <v>2927</v>
       </c>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D4" s="3">
         <v>160</v>
       </c>
       <c r="E4" s="3">
         <v>160</v>
       </c>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
       <c r="L4" s="3"/>
       <c r="M4" s="3"/>
       <c r="N4" s="3"/>
       <c r="O4" s="3"/>
       <c r="P4" s="3"/>
       <c r="Q4" s="3"/>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B5" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C5">
         <v>33955</v>
       </c>
       <c r="D5" s="3">
         <v>568</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3">
         <v>44</v>
       </c>
       <c r="O5" s="3"/>
       <c r="P5" s="3">
         <v>524</v>
       </c>
       <c r="Q5" s="3"/>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B6" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C6">
         <v>33956</v>
       </c>
       <c r="D6" s="3">
         <v>429</v>
       </c>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="3"/>
       <c r="O6" s="3"/>
       <c r="P6" s="3">
         <v>429</v>
       </c>
       <c r="Q6" s="3"/>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D7" s="3">
         <v>5287</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3">
         <v>4375</v>
       </c>
       <c r="N7" s="3"/>
       <c r="O7" s="3">
         <v>327</v>
       </c>
       <c r="P7" s="3">
         <v>585</v>
       </c>
       <c r="Q7" s="3"/>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B8" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C8">
         <v>33963</v>
       </c>
       <c r="D8" s="3">
         <v>6132</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
       <c r="H8" s="3">
         <v>11</v>
       </c>
       <c r="I8" s="3">
         <v>152</v>
       </c>
       <c r="J8" s="3">
         <v>92</v>
       </c>
       <c r="K8" s="3">
         <v>107</v>
       </c>
       <c r="L8" s="3">
         <v>57</v>
       </c>
       <c r="M8" s="3">
         <v>24</v>
       </c>
       <c r="N8" s="3">
         <v>8</v>
       </c>
       <c r="O8" s="3">
         <v>5445</v>
       </c>
       <c r="P8" s="3">
         <v>220</v>
       </c>
       <c r="Q8" s="3">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B9" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C9">
         <v>33963</v>
       </c>
       <c r="D9" s="3">
         <v>29</v>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3">
         <v>29</v>
       </c>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
       <c r="N9" s="3"/>
       <c r="O9" s="3"/>
       <c r="P9" s="3"/>
       <c r="Q9" s="3"/>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B10" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C10">
         <v>33963</v>
       </c>
       <c r="D10" s="3">
         <v>238</v>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3">
         <v>43</v>
       </c>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
       <c r="N10" s="3"/>
       <c r="O10" s="3">
         <v>68</v>
       </c>
       <c r="P10" s="3"/>
       <c r="Q10" s="3">
         <v>127</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B11" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C11">
         <v>33997</v>
       </c>
       <c r="D11" s="3">
         <v>9</v>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3">
         <v>9</v>
       </c>
       <c r="Q11" s="3"/>
     </row>
     <row r="12" spans="1:17">
       <c r="A12" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D12" s="3">
         <v>885</v>
       </c>
       <c r="E12" s="3">
         <v>510</v>
       </c>
       <c r="F12" s="3">
         <v>375</v>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3"/>
       <c r="K12" s="3"/>
       <c r="L12" s="3"/>
       <c r="M12" s="3"/>
       <c r="N12" s="3"/>
       <c r="O12" s="3"/>
       <c r="P12" s="3"/>
       <c r="Q12" s="3"/>
     </row>
     <row r="13" spans="1:17">
       <c r="A13" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B13" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C13">
         <v>33956</v>
       </c>
       <c r="D13" s="3">
         <v>13</v>
       </c>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
       <c r="N13" s="3"/>
       <c r="O13" s="3"/>
       <c r="P13" s="3"/>
       <c r="Q13" s="3">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D14" s="3">
         <v>16786</v>
       </c>
       <c r="E14" s="3">
         <v>670</v>
       </c>
       <c r="F14" s="3">
         <v>375</v>
       </c>
       <c r="G14" s="3">
         <v>29</v>
       </c>
       <c r="H14" s="3">
         <v>11</v>
       </c>
       <c r="I14" s="3">
         <v>152</v>
       </c>
       <c r="J14" s="3">
         <v>135</v>
       </c>
       <c r="K14" s="3">
         <v>107</v>
       </c>
       <c r="L14" s="3">
         <v>57</v>
       </c>
       <c r="M14" s="3">
         <v>4399</v>
       </c>
       <c r="N14" s="3">
         <v>52</v>
       </c>
       <c r="O14" s="3">
         <v>8767</v>
       </c>
       <c r="P14" s="3">
         <v>1876</v>
       </c>
       <c r="Q14" s="3">
         <v>156</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D15" s="3">
         <v>16795</v>
       </c>
       <c r="E15" s="3">
         <v>670</v>
       </c>
       <c r="F15" s="3">
         <v>375</v>
       </c>
       <c r="G15" s="3">
         <v>29</v>
       </c>
       <c r="H15" s="3">
         <v>11</v>
       </c>
       <c r="I15" s="3">
         <v>152</v>
       </c>
       <c r="J15" s="3">
         <v>135</v>
       </c>
       <c r="K15" s="3">
         <v>107</v>
       </c>
@@ -1316,235 +1301,235 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="33.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B2" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B4" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B5" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B6" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B7" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B8" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B9" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B10" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B11" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B12" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2">
+      <c r="A13" t="s">
+        <v>51</v>
+      </c>
+      <c r="B13" t="s">
         <v>71</v>
-      </c>
-[...6 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B14" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B15" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>53</v>
+        <v>76</v>
       </c>
       <c r="B16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
+        <v>78</v>
+      </c>
+      <c r="B17" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
+        <v>80</v>
+      </c>
+      <c r="B18" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
+        <v>82</v>
+      </c>
+      <c r="B19" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="B20" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B21" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>55</v>
+        <v>87</v>
       </c>
       <c r="B22" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2">
+      <c r="B23" t="s">
         <v>89</v>
-      </c>
-[...6 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B24" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="B25" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>