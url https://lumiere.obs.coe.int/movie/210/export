--- v0 (2025-11-21)
+++ v1 (2025-12-12)
@@ -115,74 +115,131 @@
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Seni bambekliai 2</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>Gretne, gamle gubber 2</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Jeszcze bardziej zgryźliwi tetrycy</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>Como Pescar Uma Italiana Sem Partir a Cana</t>
+  </si>
+  <si>
+    <t>Si mai morocanosi</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Džangrizavi matorci 2</t>
+  </si>
+  <si>
+    <t>SE</t>
+  </si>
+  <si>
+    <t>Gamla gubbar - Nu ännu grinigare</t>
+  </si>
+  <si>
+    <t>SI</t>
+  </si>
+  <si>
+    <t>Stare sablje 2</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Daha hınzır iki adam</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Старі буркуни розбушувалися</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Γρουσούζηδες, μα τρελά ερωτευμένοι</t>
+  </si>
+  <si>
+    <t>RU</t>
+  </si>
+  <si>
+    <t>Старые ворчуны разбушевались</t>
+  </si>
+  <si>
     <t>AU,CA,GB,US</t>
   </si>
   <si>
-    <t>TR</t>
-[...1 lines deleted...]
-  <si>
     <t>Daha hinzir iki adam</t>
   </si>
   <si>
-    <t>NO</t>
-[...1 lines deleted...]
-  <si>
     <t>Gretne gamle gubber 2</t>
   </si>
   <si>
-    <t>PL</t>
-[...1 lines deleted...]
-  <si>
     <t>Jeszcze bardziej zgryzliwi tetrycy</t>
   </si>
   <si>
-    <t>UA</t>
-[...1 lines deleted...]
-  <si>
     <t>Старi буркуни розбушувалися</t>
   </si>
   <si>
     <t>AR,MX</t>
   </si>
   <si>
     <t>Dos viejos más gruñones</t>
   </si>
   <si>
     <t>По-сърдити старчета</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Dois Velhos Mais Rabugentos</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Grumpy Old Men 2</t>
   </si>
   <si>
     <t>Encore les vieux grincheux</t>
@@ -199,126 +256,69 @@
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Väsimatud vanad torisejad</t>
   </si>
   <si>
     <t>Discordias a la carta</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Grinigare gamla gubbar</t>
   </si>
   <si>
     <t>Äksymmät vanhat herrat</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Les grincheux 2</t>
   </si>
   <si>
-    <t>GR</t>
-[...1 lines deleted...]
-  <si>
     <t>Grousouzides, ma trela erotevmenoi</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Stara gundjala 2</t>
   </si>
   <si>
     <t>Még zöldebb a szomszéd nője</t>
   </si>
   <si>
     <t>That's amore! Due improbabili seduttori</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ラブリー・オールドメン／釣り大将LOVE LOVE日記</t>
-  </si>
-[...52 lines deleted...]
-    <t>Старые ворчуны разбушевались</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -932,312 +932,312 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="47.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>42</v>
       </c>
       <c r="B7" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B10" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B11" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="B12" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>25</v>
+        <v>54</v>
       </c>
       <c r="B13" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="B14" t="s">
-        <v>52</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="B15" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="B18" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B19" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="B20" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B21" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>28</v>
+        <v>66</v>
       </c>
       <c r="B22" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>29</v>
+        <v>66</v>
       </c>
       <c r="B23" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>67</v>
+        <v>25</v>
       </c>
       <c r="B24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="B25" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="B26" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="B27" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="B29" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B30" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>78</v>
       </c>
       <c r="B31" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
+        <v>52</v>
+      </c>
+      <c r="B32" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>34</v>
+        <v>81</v>
       </c>
       <c r="B33" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="B34" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="B35" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>85</v>
       </c>
       <c r="B36" t="s">
         <v>86</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">