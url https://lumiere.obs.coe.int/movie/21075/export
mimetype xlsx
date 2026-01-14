--- v0 (2025-11-14)
+++ v1 (2026-01-14)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="89">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>Ju-on</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Takashi Shimizu</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
@@ -118,50 +118,53 @@
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Miracle Film Distribution (DK)</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>DeAPlaneta</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Elke</t>
   </si>
   <si>
+    <t>FR</t>
+  </si>
+  <si>
     <t>GB</t>
   </si>
   <si>
     <t>Medusa</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Noble Entertainment</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
     <t>CA,US</t>
   </si>
   <si>
     <t>Ju-on : The Grudge</t>
@@ -182,53 +185,50 @@
     <t>Гняв</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Grito</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Nenávist</t>
   </si>
   <si>
     <t>Ju-On: Forbandelsen</t>
   </si>
   <si>
     <t>La maldición (The grudge)</t>
   </si>
   <si>
     <t>Ju-On: The Grudge</t>
   </si>
   <si>
     <t>Kirous</t>
-  </si>
-[...1 lines deleted...]
-    <t>FR</t>
   </si>
   <si>
     <t>Ju-on: The grudge</t>
   </si>
   <si>
     <t>Ju On: The Grudge</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Ju-on: I katara</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Kletva</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>A harag</t>
   </si>
@@ -742,51 +742,51 @@
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
     <hyperlink ref="B9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:K9"/>
+  <dimension ref="A1:K10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="7" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="6" bestFit="1" customWidth="1"/>
     <col min="7" max="11" width="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -874,291 +874,308 @@
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" t="s">
         <v>33</v>
       </c>
       <c r="D4" s="3">
         <v>56</v>
       </c>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3">
         <v>30</v>
       </c>
       <c r="K4" s="3">
         <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>34</v>
       </c>
-      <c r="B5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D5" s="3">
-        <v>52</v>
+        <v>1785</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
-      <c r="J5" s="3">
-[...2 lines deleted...]
-      <c r="K5" s="3"/>
+      <c r="J5" s="3"/>
+      <c r="K5" s="3">
+        <v>1785</v>
+      </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
         <v>36</v>
       </c>
+      <c r="C6">
+        <v>38170</v>
+      </c>
       <c r="D6" s="3">
-        <v>9970</v>
+        <v>52</v>
       </c>
       <c r="E6" s="3"/>
-      <c r="F6" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
-      <c r="J6" s="3"/>
+      <c r="J6" s="3">
+        <v>52</v>
+      </c>
       <c r="K6" s="3"/>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
         <v>37</v>
       </c>
-      <c r="B7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D7" s="3">
-        <v>6232</v>
+        <v>9970</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3">
-        <v>4779</v>
-[...6 lines deleted...]
-      </c>
+        <v>9970</v>
+      </c>
+      <c r="G7" s="3"/>
+      <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
-      <c r="K7" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="K7" s="3"/>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" t="s">
         <v>39</v>
       </c>
+      <c r="C8">
+        <v>38268</v>
+      </c>
       <c r="D8" s="3">
-        <v>420843</v>
-[...3 lines deleted...]
-      </c>
+        <v>6232</v>
+      </c>
+      <c r="E8" s="3"/>
       <c r="F8" s="3">
-        <v>15450</v>
+        <v>4779</v>
       </c>
       <c r="G8" s="3">
-        <v>6404</v>
+        <v>1400</v>
       </c>
       <c r="H8" s="3">
-        <v>69</v>
-[...6 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="I8" s="3"/>
+      <c r="J8" s="3"/>
       <c r="K8" s="3">
-        <v>30</v>
+        <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
         <v>40</v>
       </c>
       <c r="D9" s="3">
-        <v>420843</v>
+        <v>422628</v>
       </c>
       <c r="E9" s="3">
         <v>392342</v>
       </c>
       <c r="F9" s="3">
         <v>15450</v>
       </c>
       <c r="G9" s="3">
         <v>6404</v>
       </c>
       <c r="H9" s="3">
         <v>69</v>
       </c>
       <c r="I9" s="3">
         <v>6466</v>
       </c>
       <c r="J9" s="3">
         <v>82</v>
       </c>
       <c r="K9" s="3">
-        <v>30</v>
+        <v>1815</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11">
+      <c r="A10" t="s">
+        <v>41</v>
+      </c>
+      <c r="D10" s="3">
+        <v>422628</v>
+      </c>
+      <c r="E10" s="3">
+        <v>392342</v>
+      </c>
+      <c r="F10" s="3">
+        <v>15450</v>
+      </c>
+      <c r="G10" s="3">
+        <v>6404</v>
+      </c>
+      <c r="H10" s="3">
+        <v>69</v>
+      </c>
+      <c r="I10" s="3">
+        <v>6466</v>
+      </c>
+      <c r="J10" s="3">
+        <v>82</v>
+      </c>
+      <c r="K10" s="3">
+        <v>1815</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>28</v>
       </c>
       <c r="B9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>30</v>
       </c>
       <c r="B10" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="B13" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B14" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>59</v>
       </c>
       <c r="B15" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>61</v>
       </c>
       <c r="B16" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>63</v>
       </c>
@@ -1218,83 +1235,83 @@
       <c r="A24" t="s">
         <v>74</v>
       </c>
       <c r="B24" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>76</v>
       </c>
       <c r="B25" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>78</v>
       </c>
       <c r="B26" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B27" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>81</v>
       </c>
       <c r="B28" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>83</v>
       </c>
       <c r="B29" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>59</v>
       </c>
       <c r="B30" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B31" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>87</v>
       </c>
       <c r="B32" t="s">
         <v>88</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">