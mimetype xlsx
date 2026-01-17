--- v0 (2025-11-30)
+++ v1 (2026-01-17)
@@ -133,50 +133,56 @@
   <si>
     <t>Filmcompagniet</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>InCine Distribuidora Cinematografica</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Elke</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Омен</t>
+  </si>
+  <si>
     <t>AU,CA,GB,HK,KR,NL,SG,US</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Predskazanje</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>La profecía</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Das Omen</t>
   </si>
   <si>
     <t>BA,HR</t>
   </si>
   <si>
     <t>Pretkazanje</t>
@@ -260,56 +266,50 @@
     <t>O Génio do Mal</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Prevestirea</t>
   </si>
   <si>
     <t>Предсказање</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Kehanet</t>
   </si>
   <si>
     <t>Omen I</t>
   </si>
   <si>
     <t>Omen I: The Antichrist</t>
   </si>
   <si>
     <t>Omen I: The Birthmark</t>
-  </si>
-[...4 lines deleted...]
-    <t>Омен</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Η προφητεία</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>The Antichrist</t>
   </si>
   <si>
     <t>The Birthmark</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
@@ -970,59 +970,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>39</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>40</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B3" t="s">
-        <v>41</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>42</v>
       </c>
       <c r="B4" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>46</v>
       </c>
       <c r="B6" t="s">
         <v>47</v>
       </c>
@@ -1039,179 +1039,179 @@
       <c r="A8" t="s">
         <v>50</v>
       </c>
       <c r="B8" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>52</v>
       </c>
       <c r="B9" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>54</v>
       </c>
       <c r="B10" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="B11" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B12" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>34</v>
       </c>
       <c r="B13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="B14" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>61</v>
       </c>
       <c r="B15" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>63</v>
       </c>
       <c r="B16" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B17" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B18" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>68</v>
       </c>
       <c r="B19" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>70</v>
       </c>
       <c r="B20" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>72</v>
       </c>
       <c r="B21" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>74</v>
       </c>
       <c r="B22" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>40</v>
+        <v>76</v>
       </c>
       <c r="B23" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="B24" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="25" spans="1:2">
+      <c r="A25" t="s">
+        <v>79</v>
+      </c>
       <c r="B25" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="B26" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="B27" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="28" spans="1:2">
-      <c r="A28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B28" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>84</v>
       </c>
       <c r="B29" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>86</v>
       </c>
       <c r="B30" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>86</v>
       </c>
       <c r="B31" t="s">