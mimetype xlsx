--- v0 (2025-12-09)
+++ v1 (2026-01-17)
@@ -76,78 +76,78 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2023</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Warner Bros.</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Великият Гетсби</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>El gran Gatsby: su historia</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>O yperohos Gatsby</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>華麗なるギャツビー</t>
+  </si>
+  <si>
     <t>PL</t>
   </si>
   <si>
     <t>Wielki Gatsby</t>
-  </si>
-[...22 lines deleted...]
-    <t>O yperohos Gatsby</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Великий Ґетсбі</t>
   </si>
   <si>
     <t>GB,US</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Великий Гэтсби</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">