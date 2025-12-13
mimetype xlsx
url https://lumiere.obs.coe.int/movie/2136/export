--- v0 (2025-11-23)
+++ v1 (2025-12-13)
@@ -145,63 +145,63 @@
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Twin Film</t>
   </si>
   <si>
     <t>Svenska Filminstitutet</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Podróz na Melonie</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>De Volta para Melonia</t>
+  </si>
+  <si>
     <t>AU,SE</t>
-  </si>
-[...10 lines deleted...]
-    <t>De Volta para Melonia</t>
   </si>
   <si>
     <t>Rejsen til Melonia</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Viatge a Melonia</t>
   </si>
   <si>
     <t>Viatge a Melònia</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Matka Meloniaan</t>
   </si>
   <si>
     <t>Retki Meloniaan</t>
   </si>
   <si>
     <t>FR</t>
   </si>
@@ -1015,67 +1015,67 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="59" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>43</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>44</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B4" t="s">
-        <v>47</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>37</v>
       </c>
       <c r="B5" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>49</v>
       </c>
       <c r="B6" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>49</v>
       </c>
       <c r="B7" t="s">
         <v>51</v>
       </c>
@@ -1116,51 +1116,51 @@
       <c r="A12" t="s">
         <v>59</v>
       </c>
       <c r="B12" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>38</v>
       </c>
       <c r="B13" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>62</v>
       </c>
       <c r="B14" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B15" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="B16" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="B17" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>67</v>
       </c>
       <c r="B18" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="B19" t="s">