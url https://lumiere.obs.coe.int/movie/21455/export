--- v0 (2025-11-23)
+++ v1 (2026-02-12)
@@ -139,96 +139,96 @@
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Universal</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Solaris Distribution (FR)</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>ANF</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Rakkaustarina</t>
+  </si>
+  <si>
     <t>AR,AU,CA,CL,DE,DK,ES,FI,FR,GB,HU,IT,KR,NL,PL,PT,SE,SG,US</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Ask hikâyesi</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Любовна история</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Love Story: Uma História de Amor</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Une histoire d'amour</t>
   </si>
   <si>
     <t>CO,MX</t>
   </si>
   <si>
     <t>Historia de amor</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Armastuse lugu</t>
   </si>
   <si>
     <t>Historia de Amor</t>
-  </si>
-[...4 lines deleted...]
-    <t>Rakkaustarina</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Istoria agapis</t>
   </si>
   <si>
     <t>HR,RS</t>
   </si>
   <si>
     <t>Ljubavna priča</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ある愛の詩</t>
   </si>
   <si>
     <t>Aru ai no uta</t>
   </si>
   <si>
     <t>LT</t>
   </si>
@@ -960,112 +960,112 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="53" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>41</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>42</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B3" t="s">
-        <v>43</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>46</v>
       </c>
       <c r="B5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>48</v>
       </c>
       <c r="B6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>50</v>
       </c>
       <c r="B7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>52</v>
       </c>
       <c r="B8" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>57</v>
       </c>
       <c r="B11" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>59</v>
       </c>
       <c r="B12" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>61</v>
       </c>
@@ -1101,51 +1101,51 @@
       <c r="A17" t="s">
         <v>68</v>
       </c>
       <c r="B17" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>71</v>
       </c>
       <c r="B19" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>57</v>
       </c>
       <c r="B21" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>75</v>
       </c>
       <c r="B22" t="s">
         <v>76</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>