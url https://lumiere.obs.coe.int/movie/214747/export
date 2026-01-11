--- v0 (2025-11-29)
+++ v1 (2026-01-11)
@@ -82,93 +82,93 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2022</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Nemzeti Filmintézet Közhasznú</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Arpi</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>Le balafré</t>
+  </si>
+  <si>
     <t>AU,CA,GB,NZ,US</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Hollow Point</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>La cicatriz</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Der Mann mit der Narbe</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>A Cicatriz</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Dobbelt-mennesket</t>
-  </si>
-[...10 lines deleted...]
-    <t>Le balafré</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>To stigmatismeno prosopo</t>
   </si>
   <si>
     <t>Üres diadal</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Jim lo sfregiato</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Cicatricea</t>
   </si>
   <si>
     <t>Triumf găunos</t>
   </si>
@@ -709,67 +709,67 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>23</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B4" t="s">
-        <v>26</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>27</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>