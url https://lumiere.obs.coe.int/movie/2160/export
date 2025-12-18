--- v0 (2025-11-24)
+++ v1 (2025-12-18)
@@ -214,189 +214,189 @@
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Skopje International Film Festival</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Independent</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>SE</t>
+  </si>
+  <si>
+    <t>Gudfadern del III</t>
+  </si>
+  <si>
+    <t>Gudfaren 3</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Il padrino - Parte III</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>Kmotr 3</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Krikštatevis III</t>
+  </si>
+  <si>
+    <t>SK</t>
+  </si>
+  <si>
+    <t>Krstný otec III</t>
+  </si>
+  <si>
+    <t>HR,RS</t>
+  </si>
+  <si>
+    <t>Kum 3</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Kummisetä III</t>
+  </si>
+  <si>
+    <t>Kummisetä osa III</t>
+  </si>
+  <si>
+    <t>Le parrain, 3ème partie</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Le parrain III</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Mario Puzo's Der Pate - Teil III</t>
+  </si>
+  <si>
+    <t>Mario Puzo's The Godfather: Part III</t>
+  </si>
+  <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Nasul III</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Ojciec chrzestny III</t>
+  </si>
+  <si>
     <t>GR</t>
   </si>
   <si>
+    <t>O nonos 3</t>
+  </si>
+  <si>
     <t>Ο νονός 3</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>A keresztapa III.</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Al-arraab 3</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Baba III</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Boter 3</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Der Pate 3</t>
   </si>
   <si>
-    <t>DE</t>
-[...1 lines deleted...]
-  <si>
     <t>Der Pate - Teil III</t>
   </si>
   <si>
     <t>El padrí III</t>
   </si>
   <si>
     <t>AR,PE,VE</t>
   </si>
   <si>
     <t>El padrino III</t>
   </si>
   <si>
     <t>ES,MX</t>
   </si>
   <si>
     <t>El padrino: Parte III</t>
   </si>
   <si>
     <t>DK,JP</t>
   </si>
   <si>
     <t>Godfather Part III</t>
-  </si>
-[...76 lines deleted...]
-    <t>O nonos 3</t>
   </si>
   <si>
     <t>O Padrinho: Parte III</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Poderoso Chefão III</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Pedar khandeh 3</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Ristiisa 3</t>
   </si>
   <si>
     <t>Ristiisa: III osa</t>
   </si>
@@ -1693,251 +1693,251 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="47.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B3" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>69</v>
+      </c>
+      <c r="B4" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>71</v>
+      </c>
+      <c r="B5" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>73</v>
+      </c>
+      <c r="B6" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>75</v>
+      </c>
+      <c r="B7" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>77</v>
+      </c>
+      <c r="B8" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="B9" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>83</v>
+        <v>54</v>
       </c>
       <c r="B11" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B12" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B13" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>61</v>
+        <v>6</v>
       </c>
       <c r="B14" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B15" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B16" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B17" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B18" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B19" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B20" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
+        <v>99</v>
+      </c>
+      <c r="B21" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>54</v>
+        <v>101</v>
       </c>
       <c r="B22" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
+        <v>103</v>
+      </c>
+      <c r="B23" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="B24" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>6</v>
+        <v>52</v>
       </c>
       <c r="B25" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
+        <v>107</v>
+      </c>
+      <c r="B26" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
+        <v>109</v>
+      </c>
+      <c r="B27" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>66</v>
+        <v>111</v>
       </c>
       <c r="B28" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>63</v>
       </c>
       <c r="B29" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>114</v>
       </c>
       <c r="B30" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>116</v>
       </c>