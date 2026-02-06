--- v0 (2025-11-21)
+++ v1 (2026-02-06)
@@ -85,57 +85,57 @@
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2006</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Errikos o 8os</t>
+  </si>
+  <si>
     <t>GB,US</t>
-  </si>
-[...4 lines deleted...]
-    <t>Errikos o 8os</t>
   </si>
   <si>
     <t>La vie privée d'Henri VIII</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Prywatne zycie Henryka VIII</t>
   </si>
   <si>
     <t>The Private Life of Henry VIII.</t>
   </si>
   <si>
     <t>AR,CL,ES,MX</t>
   </si>
   <si>
     <t>La vida privada de Enrique VIII</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Das Liebesleben Heinrichs VIII.</t>
   </si>
@@ -763,59 +763,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>23</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B3" t="s">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>27</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
@@ -956,51 +956,51 @@
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>62</v>
       </c>
       <c r="B24" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="B25" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="B26" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="B27" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B28" t="s">
         <v>67</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>