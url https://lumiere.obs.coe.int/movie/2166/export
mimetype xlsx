--- v0 (2025-11-20)
+++ v1 (2025-12-11)
@@ -253,105 +253,105 @@
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Festival</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Nonstop Entertainment</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
+    <t>Акіра</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>亞基拉</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Ακίρα</t>
+  </si>
+  <si>
     <t>Акiра</t>
   </si>
   <si>
     <t>AR,AU,BR,CA,CL,DE,DK,ES,FI,FR,GB,GR,HK,HU,IE,IT,JP,KR,MX,NL,NO,NZ,PL,RO,SE,SG,TR,US</t>
   </si>
   <si>
     <t>Akira - アキラ</t>
   </si>
   <si>
     <t>アキラ</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>아키라</t>
   </si>
   <si>
     <t>CN,HK</t>
   </si>
   <si>
     <t>阿基拉</t>
   </si>
   <si>
     <t>폭풍소년</t>
   </si>
   <si>
     <t>Storm Boy</t>
   </si>
   <si>
     <t>RS,SU</t>
   </si>
   <si>
     <t>Акира</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>Akira: The Special Edition</t>
-  </si>
-[...13 lines deleted...]
-    <t>Ακίρα</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1812,120 +1812,120 @@
     <col min="1" max="1" width="79.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>78</v>
       </c>
       <c r="B2" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>80</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>81</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>82</v>
       </c>
       <c r="B4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>6</v>
+        <v>78</v>
       </c>
       <c r="B5" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B6" t="s">
-        <v>84</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>85</v>
+        <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>83</v>
+        <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="B9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B11" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="B12" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>94</v>
       </c>
       <c r="B13" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>96</v>
       </c>
       <c r="B14" t="s">
         <v>97</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>