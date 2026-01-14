--- v0 (2025-11-23)
+++ v1 (2026-01-14)
@@ -112,50 +112,68 @@
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Paramount</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Harmo metodas</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Prima vittoria</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>危険な道</t>
+  </si>
+  <si>
     <t>AU,CA,GB,US</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Kötülük Yollari</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>Primera victoria</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Erster Sieg</t>
   </si>
   <si>
     <t>BE,CA,FR</t>
   </si>
   <si>
     <t>Première victoire</t>
@@ -179,68 +197,50 @@
     <t>Første sejr</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Ensi voitto</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Proti niki</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Prva pobjeda</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Szemben az árral</t>
-  </si>
-[...16 lines deleted...]
-    <t>Harmo metodas</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>De ongelooflijke overwinning</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Første seier</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Wojna o ocean</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>In calea primejdiei</t>
   </si>
@@ -856,75 +856,75 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>33</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B5" t="s">
-        <v>38</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>39</v>
       </c>
       <c r="B6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>41</v>
       </c>
       <c r="B7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>43</v>
       </c>
       <c r="B8" t="s">
         <v>44</v>
       </c>
@@ -1021,51 +1021,51 @@
       <c r="A20" t="s">
         <v>67</v>
       </c>
       <c r="B20" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>67</v>
       </c>
       <c r="B21" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>70</v>
       </c>
       <c r="B22" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B23" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="B24" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="B25" t="s">
         <v>74</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>